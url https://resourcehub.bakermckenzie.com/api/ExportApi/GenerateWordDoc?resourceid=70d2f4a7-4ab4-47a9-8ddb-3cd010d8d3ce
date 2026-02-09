--- v0 (2026-01-30)
+++ v1 (2026-02-09)
@@ -240,51 +240,51 @@
       <w:sdtContent>
         <w:bookmarkEnd w:displacedByCustomXml="next" w:id="2"/>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="7610474" cy="2333625"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-data-and-cyber-handbook/images/data_privacy-handbook_banner.jpg?h=245&amp;amp;w=799&amp;amp;sc_lang=en&amp;amp;rev=0afdbcc5519f4312bef9079dadda86f4" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-data-and-cyber-handbook/images/data_privacy-handbook_banner.jpg?h=245&amp;amp;w=799&amp;amp;sc_lang=en&amp;amp;rev=0afdbcc5519f4312bef9079dadda86f4" descr="Data_Cyber"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="R66067ace8c1c4663"/>
+                        <a:blip r:embed="R60fe94a4a6ef4963"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7610474" cy="2333625"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -343,70 +343,70 @@
           <w:pPr>
             <w:pStyle w:val="Heading6"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">Global Data &amp; Cyber Handbook – Full version</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">You can also access the full version of the Handbook, which offers expanded overviews and comparative insights into the increasingly complex data privacy and cybersecurity standards across more than 50 jurisdictions. Our handbook examines key data and cyber regulatory developments impacting AI, the regulation of non‑personal data and company data, regulatory approaches and enforcement, available remedies and penalties, and restrictions on cross-border data transfers.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">If you are a Baker McKenzie employee, please click </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R3607608b04054875">
+          <w:hyperlink w:history="true" r:id="Rbeb4bee8d9634020">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">here</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:t xml:space="preserve"> to access the full version.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">If you are a client, please click </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R260c1d6462a04bbd">
+          <w:hyperlink w:history="true" r:id="R3c6741314c97409f">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">here</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:t xml:space="preserve"> to request access. You will be prompted to provide your details, and access will be granted shortly afterwards.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:pStyle w:val="Heading6"/>
@@ -473,51 +473,51 @@
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:color w:val="C00000"/>
             </w:rPr>
             <w:t xml:space="preserve">About our team</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Baker McKenzie's data and cyber team works with our clients to establish a robust framework that allows you to meet your business objectives and grow securely – in any of your target markets. Our practitioners have a distinctive global way of thinking and come together to seamlessly advise across borders, issues, and practice specialisms. We draw from our experience advising multinationals across sectors and invest the time to understand your business inside out, ensuring you're provided with practical advice tailored to your commercial aims.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">To learn more, visit: </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R8a01029ee15244ff">
+          <w:hyperlink w:history="true" r:id="R21b047a441ed4810">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">www.bakermckenzie.com/en/expertise/practices/data-technology-privacy-cybersecurity</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="655893973"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013435"/>
         </w:placeholder>
         <w15:repeatingSectionItem/>
       </w:sdtPr>
@@ -3163,51 +3163,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bakerxchange.com/collect/click.aspx?u=dyswRXlqVXlFd1dibTVUMERaUDdZdUxCNk1pMko2VEswN2V0MGZzKzlleUg5bFpuOEJCMnZpQ1R4TlQ5b21TR0FRSW5uVDlXeno0aWNBSHc3YmMrblNmUXV4NktJSmJaeWtLNXU4b0kwMFpkVEorWW9wWDMyZEVUWE5iK2ZDUG9aSCs5THdpTUQxa1UxNnpSSVZSTkdkc01tbkVuMVB5Mg==&amp;amp;rh=ff00f40c92cdb837934c31a06b439e5f0ab3274f" TargetMode="External" Id="R8a01029ee15244ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R66067ace8c1c4663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/resources/global-data-and-cyber-handbook" TargetMode="External" Id="R3607608b04054875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/users/request-access" TargetMode="External" Id="R260c1d6462a04bbd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bakerxchange.com/collect/click.aspx?u=dyswRXlqVXlFd1dibTVUMERaUDdZdUxCNk1pMko2VEswN2V0MGZzKzlleUg5bFpuOEJCMnZpQ1R4TlQ5b21TR0FRSW5uVDlXeno0aWNBSHc3YmMrblNmUXV4NktJSmJaeWtLNXU4b0kwMFpkVEorWW9wWDMyZEVUWE5iK2ZDUG9aSCs5THdpTUQxa1UxNnpSSVZSTkdkc01tbkVuMVB5Mg==&amp;amp;rh=ff00f40c92cdb837934c31a06b439e5f0ab3274f" TargetMode="External" Id="R21b047a441ed4810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R60fe94a4a6ef4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/resources/global-data-and-cyber-handbook" TargetMode="External" Id="Rbeb4bee8d9634020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/users/request-access" TargetMode="External" Id="R3c6741314c97409f" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>