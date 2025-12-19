--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -229,65 +229,65 @@
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013435"/>
         </w:placeholder>
         <w15:repeatingSectionItem/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:bookmarkEnd w:displacedByCustomXml="next" w:id="2"/>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="8115300" cy="1724025"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/cre-guide-image-banner_new.jpg?h=181&amp;amp;w=852&amp;amp;sc_lang=en" descr=""/>
+                <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/cre-guide-image-banner_new.jpg?h=181&amp;amp;w=852&amp;amp;rev=15cddd3c579f41fc82e5f5e2a72a3a3d&amp;sc_lang=en" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/cre-guide-image-banner_new.jpg?h=181&amp;amp;w=852&amp;amp;sc_lang=en" descr="CRE_image"/>
+                        <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/cre-guide-image-banner_new.jpg?h=181&amp;amp;w=852&amp;amp;rev=15cddd3c579f41fc82e5f5e2a72a3a3d&amp;sc_lang=en" descr="CRE_image"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="Re7f9da417f204974"/>
+                        <a:blip r:embed="R4c3bb189693442d1"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="8115300" cy="1724025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -370,297 +370,297 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">I thank all my colleagues across the globe for their contributions and expertise in compiling this guide, and I trust it proves a useful resource for you. For questions, assistance or advice, I invite you to contact any of the local Baker McKenzie chapter authors referenced in the Guide.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Rb7ea59d1cb5e4efb">
+          <w:hyperlink w:history="true" r:id="Rf0c13df24da64d9b">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2333625" cy="2657475"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/jb_garcia-details.jpg?sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb7ea59d1cb5e4efb" tooltip="JB_Gracia-details"/>
+                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/jb_garcia-details.jpg?rev=f0e7861fc48143db8366381a72da15d0&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf0c13df24da64d9b" tooltip="JB_Gracia-details"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/jb_garcia-details.jpg?sc_lang=en" descr="JB_Gracia-details"/>
+                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/jb_garcia-details.jpg?rev=f0e7861fc48143db8366381a72da15d0&amp;sc_lang=en" descr="JB_Gracia-details"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R245e0641cc2f4d15"/>
+                          <a:blip r:embed="Rccaf7f3b2eca4855"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2333625" cy="2657475"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                                                                              </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Ra6f3b7604fc3426a">
+          <w:hyperlink w:history="true" r:id="R2cf94af5c1614e7a">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra6f3b7604fc3426a" tooltip="DL_full-guide"/>
+                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R2cf94af5c1614e7a" tooltip="DL_full-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;sc_lang=en" descr="DL_full-guide"/>
+                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="DL_full-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R70203f4060fa4e24"/>
+                          <a:blip r:embed="Rcc64dd0aa1364cb4"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rbca688bf84314726">
+          <w:hyperlink w:history="true" r:id="Ra1548728a0b24ce7">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_list-of-authors.png?h=50.4444&amp;amp;w=196.222&amp;amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rbca688bf84314726" tooltip="author_List"/>
+                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_list-of-authors.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=ad0cf606eaa947e7a7fd054404eaa5d6&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra1548728a0b24ce7" tooltip="author_List"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_list-of-authors.png?h=50.4444&amp;amp;w=196.222&amp;amp;sc_lang=en" descr="author_List"/>
+                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_list-of-authors.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=ad0cf606eaa947e7a7fd054404eaa5d6&amp;sc_lang=en" descr="author_List"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rd1d152e66266465f"/>
+                          <a:blip r:embed="R17fe8775ccc24a08"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:tooltip="InsightPlus" w:history="true" r:id="R12f2dcb7efc34525">
+          <w:hyperlink w:tooltip="InsightPlus" w:history="true" r:id="Rc8e31fb7543e4f12">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_insightplus.png?h=50.4444&amp;amp;w=196.222&amp;amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R12f2dcb7efc34525" tooltip="Insight"/>
+                  <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_insightplus.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=209fb534ed6a432caba47f753b048a2d&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rc8e31fb7543e4f12" tooltip="Insight"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_insightplus.png?h=50.4444&amp;amp;w=196.222&amp;amp;sc_lang=en" descr="Insight"/>
+                          <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_insightplus.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=209fb534ed6a432caba47f753b048a2d&amp;sc_lang=en" descr="Insight"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R70a1141d1e9f4053"/>
+                          <a:blip r:embed="Rb683e64e4657457d"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:tooltip="Baker McKenzie Real Estate Website" w:history="true" r:id="R14b44c86c2c746c3">
+          <w:hyperlink w:tooltip="Baker McKenzie Real Estate Website" w:history="true" r:id="R8189ba27050e4a10">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_bm-re-website.png?sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R14b44c86c2c746c3" tooltip="BM_RE"/>
+                  <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_bm-re-website.png?rev=4d62714a7e41406fa3afdda17f9467a5&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R8189ba27050e4a10" tooltip="BM_RE"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_bm-re-website.png?sc_lang=en" descr="BM_RE"/>
+                          <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_bm-re-website.png?rev=4d62714a7e41406fa3afdda17f9467a5&amp;sc_lang=en" descr="BM_RE"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rbf874569e5164936"/>
+                          <a:blip r:embed="Rdec09c02fab14586"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
@@ -3233,51 +3233,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Re7f9da417f204974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="Rb7ea59d1cb5e4efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R245e0641cc2f4d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023_05032024_v2.pdf?sc_lang=en" TargetMode="External" Id="Ra6f3b7604fc3426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R70203f4060fa4e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023--authors05032024-v2.pdf?sc_lang=en" TargetMode="External" Id="Rbca688bf84314726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="Rd1d152e66266465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insightplus.bakermckenzie.com/bm/real-estate_1" TargetMode="External" Id="R12f2dcb7efc34525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="R70a1141d1e9f4053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R14b44c86c2c746c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="Rbf874569e5164936" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R4c3bb189693442d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="Rf0c13df24da64d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Rccaf7f3b2eca4855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023_05032024_v2.pdf?rev=f09603bb6fda43e7b6b780a86ff11c1a&amp;sc_lang=en" TargetMode="External" Id="R2cf94af5c1614e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="Rcc64dd0aa1364cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023--authors05032024-v2.pdf?rev=5b16005c59304b059a710a33a3b7d3c9&amp;sc_lang=en" TargetMode="External" Id="Ra1548728a0b24ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="R17fe8775ccc24a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insightplus.bakermckenzie.com/bm/real-estate_1" TargetMode="External" Id="Rc8e31fb7543e4f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="Rb683e64e4657457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R8189ba27050e4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="Rdec09c02fab14586" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>