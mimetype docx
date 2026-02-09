--- v1 (2025-12-19)
+++ v2 (2026-02-09)
@@ -243,51 +243,51 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="8115300" cy="1724025"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/cre-guide-image-banner_new.jpg?h=181&amp;amp;w=852&amp;amp;rev=15cddd3c579f41fc82e5f5e2a72a3a3d&amp;sc_lang=en" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/cre-guide-image-banner_new.jpg?h=181&amp;amp;w=852&amp;amp;rev=15cddd3c579f41fc82e5f5e2a72a3a3d&amp;sc_lang=en" descr="CRE_image"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="R4c3bb189693442d1"/>
+                        <a:blip r:embed="R09558ba165ad4022"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="8115300" cy="1724025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -370,343 +370,343 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">I thank all my colleagues across the globe for their contributions and expertise in compiling this guide, and I trust it proves a useful resource for you. For questions, assistance or advice, I invite you to contact any of the local Baker McKenzie chapter authors referenced in the Guide.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Rf0c13df24da64d9b">
+          <w:hyperlink w:history="true" r:id="R14a129d3fccb4a49">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2333625" cy="2657475"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/jb_garcia-details.jpg?rev=f0e7861fc48143db8366381a72da15d0&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf0c13df24da64d9b" tooltip="JB_Gracia-details"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R14a129d3fccb4a49" tooltip="JB_Gracia-details"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/jb_garcia-details.jpg?rev=f0e7861fc48143db8366381a72da15d0&amp;sc_lang=en" descr="JB_Gracia-details"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rccaf7f3b2eca4855"/>
+                          <a:blip r:embed="Ra1f9da8886334018"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2333625" cy="2657475"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                                                                              </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="R2cf94af5c1614e7a">
+          <w:hyperlink w:history="true" r:id="R5ec69f036508406a">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R2cf94af5c1614e7a" tooltip="DL_full-guide"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R5ec69f036508406a" tooltip="DL_full-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="DL_full-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rcc64dd0aa1364cb4"/>
+                          <a:blip r:embed="R861e7aba7ae84528"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Ra1548728a0b24ce7">
+          <w:hyperlink w:history="true" r:id="Rc10d34a44d9b433e">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_list-of-authors.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=ad0cf606eaa947e7a7fd054404eaa5d6&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra1548728a0b24ce7" tooltip="author_List"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rc10d34a44d9b433e" tooltip="author_List"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_list-of-authors.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=ad0cf606eaa947e7a7fd054404eaa5d6&amp;sc_lang=en" descr="author_List"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R17fe8775ccc24a08"/>
+                          <a:blip r:embed="Rdbe1f64186174d4f"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:tooltip="InsightPlus" w:history="true" r:id="Rc8e31fb7543e4f12">
+          <w:hyperlink w:tooltip="InsightPlus" w:history="true" r:id="R0ada9caaf2c44a04">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_insightplus.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=209fb534ed6a432caba47f753b048a2d&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rc8e31fb7543e4f12" tooltip="Insight"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0ada9caaf2c44a04" tooltip="Insight"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_insightplus.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=209fb534ed6a432caba47f753b048a2d&amp;sc_lang=en" descr="Insight"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rb683e64e4657457d"/>
+                          <a:blip r:embed="R60117d5f08c94acf"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:tooltip="Baker McKenzie Real Estate Website" w:history="true" r:id="R8189ba27050e4a10">
+          <w:hyperlink w:tooltip="Baker McKenzie Real Estate Website" w:history="true" r:id="R5df526e31dcd4914">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_bm-re-website.png?rev=4d62714a7e41406fa3afdda17f9467a5&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R8189ba27050e4a10" tooltip="BM_RE"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R5df526e31dcd4914" tooltip="BM_RE"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_bm-re-website.png?rev=4d62714a7e41406fa3afdda17f9467a5&amp;sc_lang=en" descr="BM_RE"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rdec09c02fab14586"/>
+                          <a:blip r:embed="Rbdf42f87d79444e4"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">©Copyright © 2025 Baker &amp; McKenzie. All rights reserved. </w:t>
+        <w:t xml:space="preserve">©Copyright © 2026 Baker &amp; McKenzie. All rights reserved. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ownership</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: This documentation and content (Content) is a proprietary resource owned exclusively by Baker McKenzie (meaning Baker &amp; McKenzie International and its member firms). The Content is protected under international copyright conventions. Use of this Content does not of itself create a contractual relationship, nor any attorney/client relationship, between Baker McKenzie and any person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Non-reliance and exclusion</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: All Content is for informational purposes only and may not reflect the most current legal and regulatory developments. All summaries of the laws, regulations and practice are subject to change. The Content is not offered as legal or professional advice for any specific matter. It is not intended to be a substitute for reference to (and compliance with) the detailed provisions of applicable laws, rules, regulations or forms. Legal advice should always be sought before taking any action or refraining from taking any action based on any Content. Baker McKenzie and the editors and the contributing authors do not guarantee the accuracy of the Content and expressly disclaim any and all liability to any person in respect of the consequences of anything done or permitted to be done or omitted to be done wholly or partly in reliance upon the whole or any part of the Content. The Content may contain links to external websites and external websites may link to the Content. Baker McKenzie is not responsible for the content or operation of any such external sites and disclaims all liability, howsoever occurring, in respect of the content or operation of any such external websites. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Attorney Advertising</w:t>
       </w:r>
@@ -3233,51 +3233,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R4c3bb189693442d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="Rf0c13df24da64d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Rccaf7f3b2eca4855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023_05032024_v2.pdf?rev=f09603bb6fda43e7b6b780a86ff11c1a&amp;sc_lang=en" TargetMode="External" Id="R2cf94af5c1614e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="Rcc64dd0aa1364cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023--authors05032024-v2.pdf?rev=5b16005c59304b059a710a33a3b7d3c9&amp;sc_lang=en" TargetMode="External" Id="Ra1548728a0b24ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="R17fe8775ccc24a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insightplus.bakermckenzie.com/bm/real-estate_1" TargetMode="External" Id="Rc8e31fb7543e4f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="Rb683e64e4657457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R8189ba27050e4a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="Rdec09c02fab14586" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R09558ba165ad4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="R14a129d3fccb4a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Ra1f9da8886334018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023_05032024_v2.pdf?rev=f09603bb6fda43e7b6b780a86ff11c1a&amp;sc_lang=en" TargetMode="External" Id="R5ec69f036508406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R861e7aba7ae84528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023--authors05032024-v2.pdf?rev=5b16005c59304b059a710a33a3b7d3c9&amp;sc_lang=en" TargetMode="External" Id="Rc10d34a44d9b433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="Rdbe1f64186174d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insightplus.bakermckenzie.com/bm/real-estate_1" TargetMode="External" Id="R0ada9caaf2c44a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="R60117d5f08c94acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R5df526e31dcd4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="Rbdf42f87d79444e4" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>