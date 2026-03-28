--- v2 (2026-02-09)
+++ v3 (2026-03-28)
@@ -243,51 +243,51 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="8115300" cy="1724025"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/cre-guide-image-banner_new.jpg?h=181&amp;amp;w=852&amp;amp;rev=15cddd3c579f41fc82e5f5e2a72a3a3d&amp;sc_lang=en" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/cre-guide-image-banner_new.jpg?h=181&amp;amp;w=852&amp;amp;rev=15cddd3c579f41fc82e5f5e2a72a3a3d&amp;sc_lang=en" descr="CRE_image"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="R09558ba165ad4022"/>
+                        <a:blip r:embed="R233e136cc7214dee"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="8115300" cy="1724025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -370,297 +370,297 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">I thank all my colleagues across the globe for their contributions and expertise in compiling this guide, and I trust it proves a useful resource for you. For questions, assistance or advice, I invite you to contact any of the local Baker McKenzie chapter authors referenced in the Guide.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="R14a129d3fccb4a49">
+          <w:hyperlink w:history="true" r:id="R7ba6041d428a4192">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2333625" cy="2657475"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/jb_garcia-details.jpg?rev=f0e7861fc48143db8366381a72da15d0&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R14a129d3fccb4a49" tooltip="JB_Gracia-details"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R7ba6041d428a4192" tooltip="JB_Gracia-details"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/jb_garcia-details.jpg?rev=f0e7861fc48143db8366381a72da15d0&amp;sc_lang=en" descr="JB_Gracia-details"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Ra1f9da8886334018"/>
+                          <a:blip r:embed="R90f6c8bd0f37488d"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2333625" cy="2657475"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                                                                              </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="R5ec69f036508406a">
+          <w:hyperlink w:history="true" r:id="R0c0b75d6c2404aad">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R5ec69f036508406a" tooltip="DL_full-guide"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0c0b75d6c2404aad" tooltip="DL_full-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="DL_full-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R861e7aba7ae84528"/>
+                          <a:blip r:embed="Rf3dfc1b4c2d94868"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rc10d34a44d9b433e">
+          <w:hyperlink w:history="true" r:id="R1785ca2b2cbc417f">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_list-of-authors.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=ad0cf606eaa947e7a7fd054404eaa5d6&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rc10d34a44d9b433e" tooltip="author_List"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R1785ca2b2cbc417f" tooltip="author_List"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_list-of-authors.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=ad0cf606eaa947e7a7fd054404eaa5d6&amp;sc_lang=en" descr="author_List"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rdbe1f64186174d4f"/>
+                          <a:blip r:embed="Rf310a2764d9b47bd"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:tooltip="InsightPlus" w:history="true" r:id="R0ada9caaf2c44a04">
+          <w:hyperlink w:tooltip="InsightPlus" w:history="true" r:id="R8c88e663f3b246ac">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_insightplus.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=209fb534ed6a432caba47f753b048a2d&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0ada9caaf2c44a04" tooltip="Insight"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R8c88e663f3b246ac" tooltip="Insight"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_insightplus.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=209fb534ed6a432caba47f753b048a2d&amp;sc_lang=en" descr="Insight"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R60117d5f08c94acf"/>
+                          <a:blip r:embed="Rd8e84b3302ad4587"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:br/>
           </w:r>
-          <w:hyperlink w:tooltip="Baker McKenzie Real Estate Website" w:history="true" r:id="R5df526e31dcd4914">
+          <w:hyperlink w:tooltip="Baker McKenzie Real Estate Website" w:history="true" r:id="Rdba3e1707d9641bb">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_bm-re-website.png?rev=4d62714a7e41406fa3afdda17f9467a5&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R5df526e31dcd4914" tooltip="BM_RE"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rdba3e1707d9641bb" tooltip="BM_RE"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_bm-re-website.png?rev=4d62714a7e41406fa3afdda17f9467a5&amp;sc_lang=en" descr="BM_RE"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rbdf42f87d79444e4"/>
+                          <a:blip r:embed="R042a6caea7834449"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
@@ -3233,51 +3233,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R09558ba165ad4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="R14a129d3fccb4a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Ra1f9da8886334018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023_05032024_v2.pdf?rev=f09603bb6fda43e7b6b780a86ff11c1a&amp;sc_lang=en" TargetMode="External" Id="R5ec69f036508406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R861e7aba7ae84528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023--authors05032024-v2.pdf?rev=5b16005c59304b059a710a33a3b7d3c9&amp;sc_lang=en" TargetMode="External" Id="Rc10d34a44d9b433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="Rdbe1f64186174d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insightplus.bakermckenzie.com/bm/real-estate_1" TargetMode="External" Id="R0ada9caaf2c44a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="R60117d5f08c94acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R5df526e31dcd4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="Rbdf42f87d79444e4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R233e136cc7214dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="R7ba6041d428a4192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R90f6c8bd0f37488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023_05032024_v2.pdf?rev=f09603bb6fda43e7b6b780a86ff11c1a&amp;sc_lang=en" TargetMode="External" Id="R0c0b75d6c2404aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="Rf3dfc1b4c2d94868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/files/global-corporate-real-estate-guide-2023--authors05032024-v2.pdf?rev=5b16005c59304b059a710a33a3b7d3c9&amp;sc_lang=en" TargetMode="External" Id="R1785ca2b2cbc417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="Rf310a2764d9b47bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insightplus.bakermckenzie.com/bm/real-estate_1" TargetMode="External" Id="R8c88e663f3b246ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="Rd8e84b3302ad4587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="Rdba3e1707d9641bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.png" Id="R042a6caea7834449" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>