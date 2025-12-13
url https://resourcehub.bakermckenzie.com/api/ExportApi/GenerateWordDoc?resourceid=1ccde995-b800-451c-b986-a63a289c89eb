--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -291,458 +291,458 @@
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Our searchable microsite summarizes current trends across jurisdictions in Asia concerning a range of issues that typically arise in the insurance industry. To get started, click on the Compare Jurisdictions and Topics button or download the PDF version below. </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Rd970a23242ca4de6">
+          <w:hyperlink w:history="true" r:id="Raecbb0b8382a45e2">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rd970a23242ca4de6" tooltip="AP_Insurtech"/>
+                  <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Raecbb0b8382a45e2" tooltip="AP_Insurtech"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;sc_lang=en" descr="AP_Insurtech"/>
+                          <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=en" descr="AP_Insurtech"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rf4d5be967701490d"/>
+                          <a:blip r:embed="R870cb7b6c35540fb"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R7d96bd52333f4de1">
+          <w:hyperlink w:history="true" r:id="Ra1a4f3127d8747ad">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R7d96bd52333f4de1" tooltip=""/>
+                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra1a4f3127d8747ad" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200" descr=""/>
+                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rd30e582781e34272"/>
+                          <a:blip r:embed="R3a81faefa44043ba"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Ra7101cef01d24472">
+          <w:hyperlink w:history="true" r:id="R8b116f5152e64135">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="0" cy="0"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra7101cef01d24472" tooltip=""/>
+                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R8b116f5152e64135" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg" descr=""/>
+                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R14187f02883c4800"/>
+                          <a:blip r:embed="R3c5bae5d6be845cc"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="0" cy="0"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rded3c4cb6a6e4787">
+          <w:hyperlink w:history="true" r:id="Rcde98e2e44f24c81">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rded3c4cb6a6e4787" tooltip=""/>
+                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rcde98e2e44f24c81" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg" descr=""/>
+                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R1734ad46d89d4285"/>
+                          <a:blip r:embed="Rcdc169a573ee41aa"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rf50021f77522481a">
+          <w:hyperlink w:history="true" r:id="R9a3a06a864ef4177">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf50021f77522481a" tooltip=""/>
+                  <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R9a3a06a864ef4177" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200" descr=""/>
+                          <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R9efb197e9ea24780"/>
+                          <a:blip r:embed="Rcbbf5debb6b44d9e"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rd0b0ea04d84f422e">
+          <w:hyperlink w:history="true" r:id="R04e7dab2571c435a">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rd0b0ea04d84f422e" tooltip="AP-guide"/>
+                  <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R04e7dab2571c435a" tooltip="AP-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;sc_lang=en" descr="AP-guide"/>
+                          <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=en" descr="AP-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R17a0cf3d67974fe7"/>
+                          <a:blip r:embed="R93170339c0c34b67"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R33117e33223642c5">
+          <w:hyperlink w:history="true" r:id="Re85d00f1225b4111">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1857375" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="8" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R33117e33223642c5" tooltip="AP Insurance Consumer Protection Guide"/>
+                  <wp:docPr id="8" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Re85d00f1225b4111" tooltip="AP Insurance Consumer Protection Guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;sc_lang=en" descr="AP Insurance Consumer Protection Guide"/>
+                          <pic:cNvPr id="8" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=en" descr="AP Insurance Consumer Protection Guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R30e232d26d694edb"/>
+                          <a:blip r:embed="R98e051aafb574aee"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1857375" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rb180a8353b1a4719">
+          <w:hyperlink w:history="true" r:id="Ra1e44adae4e24bd7">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1857375" cy="1333500"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="9" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb180a8353b1a4719" tooltip="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
+                  <wp:docPr id="9" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra1e44adae4e24bd7" tooltip="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="9" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;sc_lang=en" descr="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
+                          <pic:cNvPr id="9" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=en" descr="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rb58d34584bc8465f"/>
+                          <a:blip r:embed="R2c94a16e0d5e483c"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1857375" cy="1333500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
@@ -3319,51 +3319,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/asia_pacific_guide_to_insurtech_innovation_and_utilization.pdf?sc_lang=en" TargetMode="External" Id="Rd970a23242ca4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rf4d5be967701490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/2021_edition_asia_pacific_digitalization_in_insurance_guide.pdf?sc_lang=en" TargetMode="External" Id="R7d96bd52333f4de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Rd30e582781e34272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection-and-cybersecurity-2024.pdf?sc_lang=en" TargetMode="External" Id="Ra7101cef01d24472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R14187f02883c4800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection_2020.pdf?sc_lang=en" TargetMode="External" Id="R10a67b14b5234224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-insurance-regulatory-landscape-and-key-considerations-for-ma-transactions-2023.pdf" TargetMode="External" Id="Rded3c4cb6a6e4787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.jpg" Id="R1734ad46d89d4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-guide-for-investing-in-insurtech-start-ups-2023.pdf" TargetMode="External" Id="Rf50021f77522481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.jpg" Id="R9efb197e9ea24780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/asia-pacific-guide-for-insurance-sales-advisory-and-distribution.pdf" TargetMode="External" Id="Rd0b0ea04d84f422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.jpg" Id="R17a0cf3d67974fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/baker-mckenzie---ap-insurance-consumer-protection-guide.pdf?sc_lang=en" TargetMode="External" Id="R33117e33223642c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R30e232d26d694edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/apac-regulatory-landscape-and-issues-in-bancassurance-2024.pdf?sc_lang=en" TargetMode="External" Id="Rb180a8353b1a4719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="Rb58d34584bc8465f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/asia_pacific_guide_to_insurtech_innovation_and_utilization.pdf?rev=c2f92c85577f47eb8b1b37f4c8e6c072&amp;sc_lang=en" TargetMode="External" Id="Raecbb0b8382a45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R870cb7b6c35540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/2021_edition_asia_pacific_digitalization_in_insurance_guide.pdf?rev=cfca547b0c5a42c4b46779e19c797501&amp;sc_lang=en" TargetMode="External" Id="Ra1a4f3127d8747ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R3a81faefa44043ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection-and-cybersecurity-2024.pdf?rev=ae5c26d6619b4335a938e8fa6e4360b2&amp;sc_lang=en" TargetMode="External" Id="R8b116f5152e64135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R3c5bae5d6be845cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection_2020.pdf?rev=e98450442b3947caac8e312c58e46fa8&amp;sc_lang=en" TargetMode="External" Id="R2a23fd8f62c44ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-insurance-regulatory-landscape-and-key-considerations-for-ma-transactions-2023.pdf" TargetMode="External" Id="Rcde98e2e44f24c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.jpg" Id="Rcdc169a573ee41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-guide-for-investing-in-insurtech-start-ups-2023.pdf" TargetMode="External" Id="R9a3a06a864ef4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.jpg" Id="Rcbbf5debb6b44d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/asia-pacific-guide-for-insurance-sales-advisory-and-distribution.pdf" TargetMode="External" Id="R04e7dab2571c435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.jpg" Id="R93170339c0c34b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/baker-mckenzie---ap-insurance-consumer-protection-guide.pdf?rev=5704570573264917832f9078cd383fd0&amp;sc_lang=en" TargetMode="External" Id="Re85d00f1225b4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R98e051aafb574aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/apac-regulatory-landscape-and-issues-in-bancassurance-2024.pdf?rev=69090ec87c2944f69d537fbc0fa3c85f&amp;sc_lang=en" TargetMode="External" Id="Ra1e44adae4e24bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="R2c94a16e0d5e483c" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>