--- v1 (2025-12-13)
+++ v2 (2026-02-10)
@@ -291,488 +291,488 @@
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Our searchable microsite summarizes current trends across jurisdictions in Asia concerning a range of issues that typically arise in the insurance industry. To get started, click on the Compare Jurisdictions and Topics button or download the PDF version below. </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Raecbb0b8382a45e2">
+          <w:hyperlink w:history="true" r:id="Rb0f7c69f67bc4b62">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Raecbb0b8382a45e2" tooltip="AP_Insurtech"/>
+                  <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=pl-pl" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb0f7c69f67bc4b62" tooltip="AP_Insurtech"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=en" descr="AP_Insurtech"/>
+                          <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=pl-pl" descr="AP_Insurtech"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R870cb7b6c35540fb"/>
+                          <a:blip r:embed="Rc4942fa6bcbd48da"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Ra1a4f3127d8747ad">
+          <w:hyperlink w:history="true" r:id="R05eb50bd76bc498f">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra1a4f3127d8747ad" tooltip=""/>
+                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R05eb50bd76bc498f" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr=""/>
+                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R3a81faefa44043ba"/>
+                          <a:blip r:embed="Rcb32b5a568584b37"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R8b116f5152e64135">
+          <w:hyperlink w:history="true" r:id="Rfababc342c864424">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="0" cy="0"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R8b116f5152e64135" tooltip=""/>
+                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rfababc342c864424" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr=""/>
+                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R3c5bae5d6be845cc"/>
+                          <a:blip r:embed="R074a81967d854512"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="0" cy="0"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rcde98e2e44f24c81">
+          <w:hyperlink w:history="true" r:id="R45b12804795547c5">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rcde98e2e44f24c81" tooltip=""/>
+                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R45b12804795547c5" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr=""/>
+                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rcdc169a573ee41aa"/>
+                          <a:blip r:embed="R1cad5de4e1ce4f71"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R9a3a06a864ef4177">
+          <w:hyperlink w:history="true" r:id="Rfd4305837b2e476b">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R9a3a06a864ef4177" tooltip=""/>
+                  <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rfd4305837b2e476b" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr=""/>
+                          <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rcbbf5debb6b44d9e"/>
+                          <a:blip r:embed="R2a7a276a1ba54bfb"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R04e7dab2571c435a">
+          <w:hyperlink w:history="true" r:id="Rd821c626bd7e4950">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R04e7dab2571c435a" tooltip="AP-guide"/>
+                  <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=pl-pl" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rd821c626bd7e4950" tooltip="AP-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=en" descr="AP-guide"/>
+                          <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=pl-pl" descr="AP-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R93170339c0c34b67"/>
+                          <a:blip r:embed="R5ab641ca66da416f"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Re85d00f1225b4111">
+          <w:hyperlink w:history="true" r:id="R564fa6cf150147fe">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1857375" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="8" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Re85d00f1225b4111" tooltip="AP Insurance Consumer Protection Guide"/>
+                  <wp:docPr id="8" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=pl-pl" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R564fa6cf150147fe" tooltip="AP Insurance Consumer Protection Guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=en" descr="AP Insurance Consumer Protection Guide"/>
+                          <pic:cNvPr id="8" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=pl-pl" descr="AP Insurance Consumer Protection Guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R98e051aafb574aee"/>
+                          <a:blip r:embed="Rc3fc6ed28359453e"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1857375" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Ra1e44adae4e24bd7">
+          <w:hyperlink w:history="true" r:id="R968fea364c5d470d">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1857375" cy="1333500"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="9" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra1e44adae4e24bd7" tooltip="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
+                  <wp:docPr id="9" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=pl-pl" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R968fea364c5d470d" tooltip="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="9" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=en" descr="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
+                          <pic:cNvPr id="9" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=pl-pl" descr="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R2c94a16e0d5e483c"/>
+                          <a:blip r:embed="R6edb4a211bd34244"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1857375" cy="1333500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">©Copyright © 2025 Baker &amp; McKenzie. All rights reserved. </w:t>
+        <w:t xml:space="preserve">©Copyright © 2026 Baker &amp; McKenzie. All rights reserved. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ownership</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: This documentation and content (Content) is a proprietary resource owned exclusively by Baker McKenzie (meaning Baker &amp; McKenzie International and its member firms). The Content is protected under international copyright conventions. Use of this Content does not of itself create a contractual relationship, nor any attorney/client relationship, between Baker McKenzie and any person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Non-reliance and exclusion</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: All Content is for informational purposes only and may not reflect the most current legal and regulatory developments. All summaries of the laws, regulations and practice are subject to change. The Content is not offered as legal or professional advice for any specific matter. It is not intended to be a substitute for reference to (and compliance with) the detailed provisions of applicable laws, rules, regulations or forms. Legal advice should always be sought before taking any action or refraining from taking any action based on any Content. Baker McKenzie and the editors and the contributing authors do not guarantee the accuracy of the Content and expressly disclaim any and all liability to any person in respect of the consequences of anything done or permitted to be done or omitted to be done wholly or partly in reliance upon the whole or any part of the Content. The Content may contain links to external websites and external websites may link to the Content. Baker McKenzie is not responsible for the content or operation of any such external sites and disclaims all liability, howsoever occurring, in respect of the content or operation of any such external websites. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Attorney Advertising</w:t>
       </w:r>
@@ -961,51 +961,51 @@
     </w:r>
     <w:r w:rsidR="001E6FBB">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001E6FBB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="001E6FBB">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w:rsidR="004B616C" w:rsidP="00FB54FC" w:rsidRDefault="00422BE8" w14:paraId="318D787C" w14:textId="43A4ACC3">
     <w:pPr>
       <w:pStyle w:val="Footertext"/>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:r w:rsidRPr="00422BE8">
-      <w:t>https://resourcehub.bakermckenzie.com/en/resources/asia-pacific-insurance</w:t>
+      <w:t>https://resourcehub.bakermckenzie.com/pl-pl/resources/asia-pacific-insurance</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="008B2CB2" w:rsidP="008407E2" w:rsidRDefault="008B2CB2" w14:paraId="754A89C5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="008B2CB2" w:rsidP="008407E2" w:rsidRDefault="008B2CB2" w14:paraId="1B95A0E4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -3319,51 +3319,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/asia_pacific_guide_to_insurtech_innovation_and_utilization.pdf?rev=c2f92c85577f47eb8b1b37f4c8e6c072&amp;sc_lang=en" TargetMode="External" Id="Raecbb0b8382a45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R870cb7b6c35540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/2021_edition_asia_pacific_digitalization_in_insurance_guide.pdf?rev=cfca547b0c5a42c4b46779e19c797501&amp;sc_lang=en" TargetMode="External" Id="Ra1a4f3127d8747ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R3a81faefa44043ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection-and-cybersecurity-2024.pdf?rev=ae5c26d6619b4335a938e8fa6e4360b2&amp;sc_lang=en" TargetMode="External" Id="R8b116f5152e64135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R3c5bae5d6be845cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection_2020.pdf?rev=e98450442b3947caac8e312c58e46fa8&amp;sc_lang=en" TargetMode="External" Id="R2a23fd8f62c44ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-insurance-regulatory-landscape-and-key-considerations-for-ma-transactions-2023.pdf" TargetMode="External" Id="Rcde98e2e44f24c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.jpg" Id="Rcdc169a573ee41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-guide-for-investing-in-insurtech-start-ups-2023.pdf" TargetMode="External" Id="R9a3a06a864ef4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.jpg" Id="Rcbbf5debb6b44d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/asia-pacific-guide-for-insurance-sales-advisory-and-distribution.pdf" TargetMode="External" Id="R04e7dab2571c435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.jpg" Id="R93170339c0c34b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/baker-mckenzie---ap-insurance-consumer-protection-guide.pdf?rev=5704570573264917832f9078cd383fd0&amp;sc_lang=en" TargetMode="External" Id="Re85d00f1225b4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R98e051aafb574aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/apac-regulatory-landscape-and-issues-in-bancassurance-2024.pdf?rev=69090ec87c2944f69d537fbc0fa3c85f&amp;sc_lang=en" TargetMode="External" Id="Ra1e44adae4e24bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="R2c94a16e0d5e483c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/asia_pacific_guide_to_insurtech_innovation_and_utilization.pdf?rev=c2f92c85577f47eb8b1b37f4c8e6c072&amp;sc_lang=pl-pl" TargetMode="External" Id="Rb0f7c69f67bc4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rc4942fa6bcbd48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/2021_edition_asia_pacific_digitalization_in_insurance_guide.pdf?rev=cfca547b0c5a42c4b46779e19c797501&amp;sc_lang=pl-pl" TargetMode="External" Id="R05eb50bd76bc498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Rcb32b5a568584b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection-and-cybersecurity-2024.pdf?rev=ae5c26d6619b4335a938e8fa6e4360b2&amp;sc_lang=pl-pl" TargetMode="External" Id="Rfababc342c864424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R074a81967d854512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection_2020.pdf?rev=e98450442b3947caac8e312c58e46fa8&amp;sc_lang=pl-pl" TargetMode="External" Id="R746b2033a3ba4f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-insurance-regulatory-landscape-and-key-considerations-for-ma-transactions-2023.pdf" TargetMode="External" Id="R45b12804795547c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.jpg" Id="R1cad5de4e1ce4f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-guide-for-investing-in-insurtech-start-ups-2023.pdf" TargetMode="External" Id="Rfd4305837b2e476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.jpg" Id="R2a7a276a1ba54bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/asia-pacific-guide-for-insurance-sales-advisory-and-distribution.pdf" TargetMode="External" Id="Rd821c626bd7e4950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.jpg" Id="R5ab641ca66da416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/baker-mckenzie---ap-insurance-consumer-protection-guide.pdf?rev=5704570573264917832f9078cd383fd0&amp;sc_lang=pl-pl" TargetMode="External" Id="R564fa6cf150147fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="Rc3fc6ed28359453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/apac-regulatory-landscape-and-issues-in-bancassurance-2024.pdf?rev=69090ec87c2944f69d537fbc0fa3c85f&amp;sc_lang=pl-pl" TargetMode="External" Id="R968fea364c5d470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="R6edb4a211bd34244" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>