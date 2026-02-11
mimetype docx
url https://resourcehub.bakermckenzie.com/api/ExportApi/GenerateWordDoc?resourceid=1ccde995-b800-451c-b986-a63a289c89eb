--- v2 (2026-02-10)
+++ v3 (2026-02-11)
@@ -291,458 +291,458 @@
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Our searchable microsite summarizes current trends across jurisdictions in Asia concerning a range of issues that typically arise in the insurance industry. To get started, click on the Compare Jurisdictions and Topics button or download the PDF version below. </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Rb0f7c69f67bc4b62">
+          <w:hyperlink w:history="true" r:id="R2a3b82e2e7464617">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=pl-pl" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb0f7c69f67bc4b62" tooltip="AP_Insurtech"/>
+                  <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R2a3b82e2e7464617" tooltip="AP_Insurtech"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=pl-pl" descr="AP_Insurtech"/>
+                          <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case1214946_ap_insurtech.jpg?h=200&amp;amp;w=200&amp;amp;rev=eeed1c4ff9f14db8ab664664ade53ee7&amp;sc_lang=en" descr="AP_Insurtech"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rc4942fa6bcbd48da"/>
+                          <a:blip r:embed="Ra5f063f3e2b84b71"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R05eb50bd76bc498f">
+          <w:hyperlink w:history="true" r:id="Rce201b51bfb8409a">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R05eb50bd76bc498f" tooltip=""/>
+                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rce201b51bfb8409a" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr=""/>
+                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/digitalizationinsurancethumbnail.jpg?h=200&amp;amp;w=200&amp;amp;rev=0f40ee07429a4fe4a548f2ce3a1895aa" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rcb32b5a568584b37"/>
+                          <a:blip r:embed="R8e7378b783c645a5"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rfababc342c864424">
+          <w:hyperlink w:history="true" r:id="R215cd743ec7846e4">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="0" cy="0"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rfababc342c864424" tooltip=""/>
+                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R215cd743ec7846e4" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr=""/>
+                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/dataprotectioncybersecurity.jpg?rev=32678c2313784cb5b9eab8e6e032a25c" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R074a81967d854512"/>
+                          <a:blip r:embed="R50d5e83cb46e40c5"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="0" cy="0"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R45b12804795547c5">
+          <w:hyperlink w:history="true" r:id="Ra2acbe448a1344e3">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R45b12804795547c5" tooltip=""/>
+                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Ra2acbe448a1344e3" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr=""/>
+                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newregulatorylandscapema.jpg?rev=629bae23f4174bbc943b659d12a53f09" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R1cad5de4e1ce4f71"/>
+                          <a:blip r:embed="R3483aafd450946bc"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rfd4305837b2e476b">
+          <w:hyperlink w:history="true" r:id="R5bca724d3c074688">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rfd4305837b2e476b" tooltip=""/>
+                  <wp:docPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R5bca724d3c074688" tooltip=""/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr=""/>
+                          <pic:cNvPr id="6" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/banners/newinvestinginsurtechstartups.jpg?h=200&amp;amp;w=200&amp;amp;rev=4956287670514ef48c56453d1a9338fc" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R2a7a276a1ba54bfb"/>
+                          <a:blip r:embed="R55e2974ccb9a4222"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Rd821c626bd7e4950">
+          <w:hyperlink w:history="true" r:id="R982513b70f444c10">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1905000" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=pl-pl" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rd821c626bd7e4950" tooltip="AP-guide"/>
+                  <wp:docPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R982513b70f444c10" tooltip="AP-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=pl-pl" descr="AP-guide"/>
+                          <pic:cNvPr id="7" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/asia-pacific-guide-for-insurance-sales-advisory-and-distribution-2page1.jpg?h=200&amp;amp;w=200&amp;amp;rev=6657b42ed6694e4596bc569a66207bf1&amp;sc_lang=en" descr="AP-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R5ab641ca66da416f"/>
+                          <a:blip r:embed="Rae9d6c3f0bd64559"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R564fa6cf150147fe">
+          <w:hyperlink w:history="true" r:id="R1134549f0a7e487b">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1857375" cy="1905000"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="8" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=pl-pl" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R564fa6cf150147fe" tooltip="AP Insurance Consumer Protection Guide"/>
+                  <wp:docPr id="8" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R1134549f0a7e487b" tooltip="AP Insurance Consumer Protection Guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=pl-pl" descr="AP Insurance Consumer Protection Guide"/>
+                          <pic:cNvPr id="8" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/case2598867_bw-tiles3.png?h=200&amp;amp;w=195&amp;amp;rev=bec023c397f742d8bf80df4e7cab66b5&amp;sc_lang=en" descr="AP Insurance Consumer Protection Guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rc3fc6ed28359453e"/>
+                          <a:blip r:embed="Rf3137087f4ae448b"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1857375" cy="1905000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R968fea364c5d470d">
+          <w:hyperlink w:history="true" r:id="R8b366cc61c16414d">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1857375" cy="1333500"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="9" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=pl-pl" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R968fea364c5d470d" tooltip="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
+                  <wp:docPr id="9" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R8b366cc61c16414d" tooltip="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="9" name="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=pl-pl" descr="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
+                          <pic:cNvPr id="9" name="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/images/api-tile.png?h=140&amp;amp;w=195&amp;amp;rev=89cbd10092d54274a18f7c955f4777b8&amp;sc_lang=en" descr="AP Regulatory Landscape and Issues in Bancassurance 2024"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R6edb4a211bd34244"/>
+                          <a:blip r:embed="R448ab627df2b4da1"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1857375" cy="1333500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
@@ -961,51 +961,51 @@
     </w:r>
     <w:r w:rsidR="001E6FBB">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001E6FBB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="001E6FBB">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w:rsidR="004B616C" w:rsidP="00FB54FC" w:rsidRDefault="00422BE8" w14:paraId="318D787C" w14:textId="43A4ACC3">
     <w:pPr>
       <w:pStyle w:val="Footertext"/>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:r w:rsidRPr="00422BE8">
-      <w:t>https://resourcehub.bakermckenzie.com/pl-pl/resources/asia-pacific-insurance</w:t>
+      <w:t>https://resourcehub.bakermckenzie.com/en/resources/asia-pacific-insurance</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="008B2CB2" w:rsidP="008407E2" w:rsidRDefault="008B2CB2" w14:paraId="754A89C5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="008B2CB2" w:rsidP="008407E2" w:rsidRDefault="008B2CB2" w14:paraId="1B95A0E4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -3319,51 +3319,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/asia_pacific_guide_to_insurtech_innovation_and_utilization.pdf?rev=c2f92c85577f47eb8b1b37f4c8e6c072&amp;sc_lang=pl-pl" TargetMode="External" Id="Rb0f7c69f67bc4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rc4942fa6bcbd48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/2021_edition_asia_pacific_digitalization_in_insurance_guide.pdf?rev=cfca547b0c5a42c4b46779e19c797501&amp;sc_lang=pl-pl" TargetMode="External" Id="R05eb50bd76bc498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Rcb32b5a568584b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection-and-cybersecurity-2024.pdf?rev=ae5c26d6619b4335a938e8fa6e4360b2&amp;sc_lang=pl-pl" TargetMode="External" Id="Rfababc342c864424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R074a81967d854512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection_2020.pdf?rev=e98450442b3947caac8e312c58e46fa8&amp;sc_lang=pl-pl" TargetMode="External" Id="R746b2033a3ba4f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-insurance-regulatory-landscape-and-key-considerations-for-ma-transactions-2023.pdf" TargetMode="External" Id="R45b12804795547c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.jpg" Id="R1cad5de4e1ce4f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-guide-for-investing-in-insurtech-start-ups-2023.pdf" TargetMode="External" Id="Rfd4305837b2e476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.jpg" Id="R2a7a276a1ba54bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/asia-pacific-guide-for-insurance-sales-advisory-and-distribution.pdf" TargetMode="External" Id="Rd821c626bd7e4950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.jpg" Id="R5ab641ca66da416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/baker-mckenzie---ap-insurance-consumer-protection-guide.pdf?rev=5704570573264917832f9078cd383fd0&amp;sc_lang=pl-pl" TargetMode="External" Id="R564fa6cf150147fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="Rc3fc6ed28359453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/pl-pl/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/apac-regulatory-landscape-and-issues-in-bancassurance-2024.pdf?rev=69090ec87c2944f69d537fbc0fa3c85f&amp;sc_lang=pl-pl" TargetMode="External" Id="R968fea364c5d470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="R6edb4a211bd34244" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/asia_pacific_guide_to_insurtech_innovation_and_utilization.pdf?rev=c2f92c85577f47eb8b1b37f4c8e6c072&amp;sc_lang=en" TargetMode="External" Id="R2a3b82e2e7464617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Ra5f063f3e2b84b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/new/2021_edition_asia_pacific_digitalization_in_insurance_guide.pdf?rev=cfca547b0c5a42c4b46779e19c797501&amp;sc_lang=en" TargetMode="External" Id="Rce201b51bfb8409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R8e7378b783c645a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection-and-cybersecurity-2024.pdf?rev=ae5c26d6619b4335a938e8fa6e4360b2&amp;sc_lang=en" TargetMode="External" Id="R215cd743ec7846e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R50d5e83cb46e40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/ap-guide-insurance-data-protection_2020.pdf?rev=e98450442b3947caac8e312c58e46fa8&amp;sc_lang=en" TargetMode="External" Id="R1554073865264d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-insurance-regulatory-landscape-and-key-considerations-for-ma-transactions-2023.pdf" TargetMode="External" Id="Ra2acbe448a1344e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.jpg" Id="R3483aafd450946bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/asia-pacific-guide-for-investing-in-insurtech-start-ups-2023.pdf" TargetMode="External" Id="R5bca724d3c074688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.jpg" Id="R55e2974ccb9a4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/asia-pacific-guide-for-insurance-sales-advisory-and-distribution.pdf" TargetMode="External" Id="R982513b70f444c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.jpg" Id="Rae9d6c3f0bd64559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/baker-mckenzie---ap-insurance-consumer-protection-guide.pdf?rev=5704570573264917832f9078cd383fd0&amp;sc_lang=en" TargetMode="External" Id="R1134549f0a7e487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="Rf3137087f4ae448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/asia-pacific-regulatory-landscape-and-issues-in-ba/files/publications/apac-regulatory-landscape-and-issues-in-bancassurance-2024.pdf?rev=69090ec87c2944f69d537fbc0fa3c85f&amp;sc_lang=en" TargetMode="External" Id="R8b366cc61c16414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="R448ab627df2b4da1" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>