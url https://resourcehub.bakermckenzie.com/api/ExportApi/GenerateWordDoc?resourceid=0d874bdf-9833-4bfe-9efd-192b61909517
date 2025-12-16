--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -229,65 +229,65 @@
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013435"/>
         </w:placeholder>
         <w15:repeatingSectionItem/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:bookmarkEnd w:displacedByCustomXml="next" w:id="2"/>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="7620000" cy="2381250"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;sc_lang=en" descr=""/>
+                <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;rev=eb9367ad35d24f5eb5abb52ca14864fe&amp;sc_lang=en" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;sc_lang=en" descr="GSBG-Banner"/>
+                        <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;rev=eb9367ad35d24f5eb5abb52ca14864fe&amp;sc_lang=en" descr="GSBG-Banner"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="Rcb51071ccd6d4547"/>
+                        <a:blip r:embed="Rf7c9a55b48084291"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7620000" cy="2381250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -329,206 +329,206 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">Contact us</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">For questions, assistance or advice, we invite you to contact any of the local authors referenced in the Guide.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">To learn more about our Real Estate expertise, please visit our website </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R4bb21012661a4b58">
+          <w:hyperlink w:history="true" r:id="R12aebf3c8d244cbd">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">here</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Rf9575827eea94671">
+          <w:hyperlink w:history="true" r:id="R36fac23c985c49f6">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="2533650"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf9575827eea94671" tooltip="JBG-profile"/>
+                  <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?rev=9ca592b662214fc5b2723fb8407d06ef&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R36fac23c985c49f6" tooltip="JBG-profile"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?sc_lang=en" descr="JBG-profile"/>
+                          <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?rev=9ca592b662214fc5b2723fb8407d06ef&amp;sc_lang=en" descr="JBG-profile"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R1f955ae5be59448d"/>
+                          <a:blip r:embed="Rbd58bd51c53a41a9"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="2533650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">          </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R6135912830954439">
+          <w:hyperlink w:history="true" r:id="Raa1d1e5e7caf4b4a">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2171700" cy="2505075"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R6135912830954439" tooltip="BF-profile"/>
+                  <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?rev=0eb5a838d9df4224812d42fb81cc2fe2&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Raa1d1e5e7caf4b4a" tooltip="BF-profile"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?sc_lang=en" descr="BF-profile"/>
+                          <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?rev=0eb5a838d9df4224812d42fb81cc2fe2&amp;sc_lang=en" descr="BF-profile"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R73e495f0d9f34a44"/>
+                          <a:blip r:embed="R37d67b814a934052"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2171700" cy="2505075"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                        </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="R0e5650f0dc844570">
+          <w:hyperlink w:history="true" r:id="R3d4df112056a4e43">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0e5650f0dc844570" tooltip="DL_full-guide"/>
+                  <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R3d4df112056a4e43" tooltip="DL_full-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;sc_lang=en" descr="DL_full-guide"/>
+                          <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="DL_full-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R9d1b2063f3c1442c"/>
+                          <a:blip r:embed="R16d1b86b256443ab"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
@@ -3154,51 +3154,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rcb51071ccd6d4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R4bb21012661a4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="Rf9575827eea94671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R1f955ae5be59448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/f/farnell-ben" TargetMode="External" Id="R6135912830954439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R73e495f0d9f34a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/files/global-sustainable-buildings-index---september-2024_v2.pdf?sc_lang=en" TargetMode="External" Id="R0e5650f0dc844570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R9d1b2063f3c1442c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rf7c9a55b48084291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R12aebf3c8d244cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="R36fac23c985c49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Rbd58bd51c53a41a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/f/farnell-ben" TargetMode="External" Id="Raa1d1e5e7caf4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R37d67b814a934052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/files/global-sustainable-buildings-index---september-2024_v2.pdf?rev=6c048b009aae46c1bd5ceeac99622280&amp;sc_lang=en" TargetMode="External" Id="R3d4df112056a4e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R16d1b86b256443ab" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>