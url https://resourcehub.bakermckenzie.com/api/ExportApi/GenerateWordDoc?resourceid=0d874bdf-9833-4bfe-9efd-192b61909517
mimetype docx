--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -243,51 +243,51 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="7620000" cy="2381250"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;rev=eb9367ad35d24f5eb5abb52ca14864fe&amp;sc_lang=en" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;rev=eb9367ad35d24f5eb5abb52ca14864fe&amp;sc_lang=en" descr="GSBG-Banner"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="Rf7c9a55b48084291"/>
+                        <a:blip r:embed="Rba91edee03824558"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7620000" cy="2381250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -329,206 +329,206 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">Contact us</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">For questions, assistance or advice, we invite you to contact any of the local authors referenced in the Guide.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">To learn more about our Real Estate expertise, please visit our website </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R12aebf3c8d244cbd">
+          <w:hyperlink w:history="true" r:id="Ra7a9d2e781fb4a7b">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">here</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="R36fac23c985c49f6">
+          <w:hyperlink w:history="true" r:id="Rf5cf7810c6f6437e">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="2533650"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?rev=9ca592b662214fc5b2723fb8407d06ef&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R36fac23c985c49f6" tooltip="JBG-profile"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf5cf7810c6f6437e" tooltip="JBG-profile"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?rev=9ca592b662214fc5b2723fb8407d06ef&amp;sc_lang=en" descr="JBG-profile"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rbd58bd51c53a41a9"/>
+                          <a:blip r:embed="Ree88dc51dc6440ec"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="2533650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">          </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Raa1d1e5e7caf4b4a">
+          <w:hyperlink w:history="true" r:id="R483f052765e74f32">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2171700" cy="2505075"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?rev=0eb5a838d9df4224812d42fb81cc2fe2&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Raa1d1e5e7caf4b4a" tooltip="BF-profile"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R483f052765e74f32" tooltip="BF-profile"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?rev=0eb5a838d9df4224812d42fb81cc2fe2&amp;sc_lang=en" descr="BF-profile"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R37d67b814a934052"/>
+                          <a:blip r:embed="R3181e1c3638b4991"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2171700" cy="2505075"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                        </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="R3d4df112056a4e43">
+          <w:hyperlink w:history="true" r:id="Rb9c103c0431c4fa5">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R3d4df112056a4e43" tooltip="DL_full-guide"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb9c103c0431c4fa5" tooltip="DL_full-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="DL_full-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R16d1b86b256443ab"/>
+                          <a:blip r:embed="R336d1f7613d04195"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
@@ -583,51 +583,51 @@
             </w:rPr>
             <w:t xml:space="preserve">The content's last review date is indicated on each page. All content is for informational purposes only and may not reflect the most current legal and regulatory developments. All summaries of the laws, regulations and practice are subject to change.</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">©Copyright © 2025 Baker &amp; McKenzie. All rights reserved. </w:t>
+        <w:t xml:space="preserve">©Copyright © 2026 Baker &amp; McKenzie. All rights reserved. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ownership</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: This documentation and content (Content) is a proprietary resource owned exclusively by Baker McKenzie (meaning Baker &amp; McKenzie International and its member firms). The Content is protected under international copyright conventions. Use of this Content does not of itself create a contractual relationship, nor any attorney/client relationship, between Baker McKenzie and any person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Non-reliance and exclusion</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: All Content is for informational purposes only and may not reflect the most current legal and regulatory developments. All summaries of the laws, regulations and practice are subject to change. The Content is not offered as legal or professional advice for any specific matter. It is not intended to be a substitute for reference to (and compliance with) the detailed provisions of applicable laws, rules, regulations or forms. Legal advice should always be sought before taking any action or refraining from taking any action based on any Content. Baker McKenzie and the editors and the contributing authors do not guarantee the accuracy of the Content and expressly disclaim any and all liability to any person in respect of the consequences of anything done or permitted to be done or omitted to be done wholly or partly in reliance upon the whole or any part of the Content. The Content may contain links to external websites and external websites may link to the Content. Baker McKenzie is not responsible for the content or operation of any such external sites and disclaims all liability, howsoever occurring, in respect of the content or operation of any such external websites. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Attorney Advertising</w:t>
       </w:r>
@@ -3154,51 +3154,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rf7c9a55b48084291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R12aebf3c8d244cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="R36fac23c985c49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Rbd58bd51c53a41a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/f/farnell-ben" TargetMode="External" Id="Raa1d1e5e7caf4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R37d67b814a934052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/files/global-sustainable-buildings-index---september-2024_v2.pdf?rev=6c048b009aae46c1bd5ceeac99622280&amp;sc_lang=en" TargetMode="External" Id="R3d4df112056a4e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R16d1b86b256443ab" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rba91edee03824558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="Ra7a9d2e781fb4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="Rf5cf7810c6f6437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Ree88dc51dc6440ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/f/farnell-ben" TargetMode="External" Id="R483f052765e74f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R3181e1c3638b4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/files/global-sustainable-buildings-index---september-2024_v2.pdf?rev=6c048b009aae46c1bd5ceeac99622280&amp;sc_lang=en" TargetMode="External" Id="Rb9c103c0431c4fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R336d1f7613d04195" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>