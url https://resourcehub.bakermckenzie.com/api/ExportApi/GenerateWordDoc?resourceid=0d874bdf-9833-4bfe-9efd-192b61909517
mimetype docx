--- v2 (2026-02-07)
+++ v3 (2026-02-09)
@@ -243,51 +243,51 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="7620000" cy="2381250"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;rev=eb9367ad35d24f5eb5abb52ca14864fe&amp;sc_lang=en" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;rev=eb9367ad35d24f5eb5abb52ca14864fe&amp;sc_lang=en" descr="GSBG-Banner"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="Rba91edee03824558"/>
+                        <a:blip r:embed="R4ca71e30090044fc"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7620000" cy="2381250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -329,206 +329,206 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">Contact us</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">For questions, assistance or advice, we invite you to contact any of the local authors referenced in the Guide.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">To learn more about our Real Estate expertise, please visit our website </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="Ra7a9d2e781fb4a7b">
+          <w:hyperlink w:history="true" r:id="R7aa432ea902a4a09">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">here</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Rf5cf7810c6f6437e">
+          <w:hyperlink w:history="true" r:id="R07b5e937d1b740b9">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="2533650"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?rev=9ca592b662214fc5b2723fb8407d06ef&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rf5cf7810c6f6437e" tooltip="JBG-profile"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R07b5e937d1b740b9" tooltip="JBG-profile"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?rev=9ca592b662214fc5b2723fb8407d06ef&amp;sc_lang=en" descr="JBG-profile"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Ree88dc51dc6440ec"/>
+                          <a:blip r:embed="R5d4530406d9541f6"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="2533650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">          </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R483f052765e74f32">
+          <w:hyperlink w:history="true" r:id="R227b5eeb2f5b4211">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2171700" cy="2505075"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?rev=0eb5a838d9df4224812d42fb81cc2fe2&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R483f052765e74f32" tooltip="BF-profile"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R227b5eeb2f5b4211" tooltip="BF-profile"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?rev=0eb5a838d9df4224812d42fb81cc2fe2&amp;sc_lang=en" descr="BF-profile"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R3181e1c3638b4991"/>
+                          <a:blip r:embed="Reb9fda0e34144373"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2171700" cy="2505075"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                        </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Rb9c103c0431c4fa5">
+          <w:hyperlink w:history="true" r:id="Rad65371357df4634">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb9c103c0431c4fa5" tooltip="DL_full-guide"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rad65371357df4634" tooltip="DL_full-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="DL_full-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R336d1f7613d04195"/>
+                          <a:blip r:embed="R7e10f12478394105"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
@@ -3154,51 +3154,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Rba91edee03824558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="Ra7a9d2e781fb4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="Rf5cf7810c6f6437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="Ree88dc51dc6440ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/f/farnell-ben" TargetMode="External" Id="R483f052765e74f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R3181e1c3638b4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/files/global-sustainable-buildings-index---september-2024_v2.pdf?rev=6c048b009aae46c1bd5ceeac99622280&amp;sc_lang=en" TargetMode="External" Id="Rb9c103c0431c4fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R336d1f7613d04195" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R4ca71e30090044fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R7aa432ea902a4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="R07b5e937d1b740b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R5d4530406d9541f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/f/farnell-ben" TargetMode="External" Id="R227b5eeb2f5b4211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="Reb9fda0e34144373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/files/global-sustainable-buildings-index---september-2024_v2.pdf?rev=6c048b009aae46c1bd5ceeac99622280&amp;sc_lang=en" TargetMode="External" Id="Rad65371357df4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R7e10f12478394105" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>