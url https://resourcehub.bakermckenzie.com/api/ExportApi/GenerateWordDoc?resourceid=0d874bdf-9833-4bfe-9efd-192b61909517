--- v3 (2026-02-09)
+++ v4 (2026-03-27)
@@ -243,51 +243,51 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="7620000" cy="2381250"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;rev=eb9367ad35d24f5eb5abb52ca14864fe&amp;sc_lang=en" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/case3190973_banner_800x300px.jpg?h=250&amp;amp;w=800&amp;amp;rev=eb9367ad35d24f5eb5abb52ca14864fe&amp;sc_lang=en" descr="GSBG-Banner"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="R4ca71e30090044fc"/>
+                        <a:blip r:embed="R622ef5046efc4b45"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7620000" cy="2381250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -329,206 +329,206 @@
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">Contact us</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">For questions, assistance or advice, we invite you to contact any of the local authors referenced in the Guide.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">To learn more about our Real Estate expertise, please visit our website </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R7aa432ea902a4a09">
+          <w:hyperlink w:history="true" r:id="Rb588f66a47bd40f3">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">here</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="R07b5e937d1b740b9">
+          <w:hyperlink w:history="true" r:id="R95e6c6327e8e478f">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="2533650"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?rev=9ca592b662214fc5b2723fb8407d06ef&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R07b5e937d1b740b9" tooltip="JBG-profile"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R95e6c6327e8e478f" tooltip="JBG-profile"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/jb_garcia-profile.jpg?rev=9ca592b662214fc5b2723fb8407d06ef&amp;sc_lang=en" descr="JBG-profile"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R5d4530406d9541f6"/>
+                          <a:blip r:embed="R3d589a970478423e"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="2533650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">          </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R227b5eeb2f5b4211">
+          <w:hyperlink w:history="true" r:id="R92aa782a49a2491d">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2171700" cy="2505075"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?rev=0eb5a838d9df4224812d42fb81cc2fe2&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R227b5eeb2f5b4211" tooltip="BF-profile"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R92aa782a49a2491d" tooltip="BF-profile"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/images/ben-farnel-profile.jpg?rev=0eb5a838d9df4224812d42fb81cc2fe2&amp;sc_lang=en" descr="BF-profile"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Reb9fda0e34144373"/>
+                          <a:blip r:embed="R6fb9283a022d434d"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2171700" cy="2505075"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">                        </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
-          <w:hyperlink w:history="true" r:id="Rad65371357df4634">
+          <w:hyperlink w:history="true" r:id="R0a6b13c6594c435a">
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1866899" cy="476250"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rad65371357df4634" tooltip="DL_full-guide"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0a6b13c6594c435a" tooltip="DL_full-guide"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="https://resourcehub.bakermckenzie.com/en/-/media/corporate-real-estate/images/button_download-full-guide.png?h=50.4444&amp;amp;w=196.222&amp;amp;rev=4482f28bdc9c4b84aba1215bdaff3542&amp;sc_lang=en" descr="DL_full-guide"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R7e10f12478394105"/>
+                          <a:blip r:embed="R20a01716b5f142af"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1866899" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
@@ -3154,51 +3154,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R4ca71e30090044fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="R7aa432ea902a4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="R07b5e937d1b740b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R5d4530406d9541f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/f/farnell-ben" TargetMode="External" Id="R227b5eeb2f5b4211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="Reb9fda0e34144373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/files/global-sustainable-buildings-index---september-2024_v2.pdf?rev=6c048b009aae46c1bd5ceeac99622280&amp;sc_lang=en" TargetMode="External" Id="Rad65371357df4634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R7e10f12478394105" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R622ef5046efc4b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/expertise/practices/real-estate" TargetMode="External" Id="Rb588f66a47bd40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/g/garciagarza-juan-bernardo" TargetMode="External" Id="R95e6c6327e8e478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpg" Id="R3d589a970478423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people/f/farnell-ben" TargetMode="External" Id="R92aa782a49a2491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R6fb9283a022d434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/global-sustainable-building-guide/files/global-sustainable-buildings-index---september-2024_v2.pdf?rev=6c048b009aae46c1bd5ceeac99622280&amp;sc_lang=en" TargetMode="External" Id="R0a6b13c6594c435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R20a01716b5f142af" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>