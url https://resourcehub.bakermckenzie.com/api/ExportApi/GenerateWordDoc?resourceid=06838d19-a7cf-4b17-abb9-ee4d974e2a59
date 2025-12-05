--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -226,65 +226,65 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="655893973"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013435"/>
         </w:placeholder>
         <w15:repeatingSectionItem/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:bookmarkEnd w:displacedByCustomXml="next" w:id="2"/>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="7620000" cy="2857500"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-data-and-cyber-handbook/images/global-data--cyber-handbook_resourcehub.jpg?h=200&amp;amp;w=680&amp;amp;sc_lang=en" descr=""/>
+                <wp:docPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-data-and-cyber-handbook/images/global-data--cyber-handbook_resourcehub.jpg?h=200&amp;amp;w=680&amp;amp;rev=c6e88895b4ae43808ac2512d77d65e09&amp;sc_lang=en" descr=""/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-data-and-cyber-handbook/images/global-data--cyber-handbook_resourcehub.jpg?h=200&amp;amp;w=680&amp;amp;sc_lang=en" descr="Banner_1"/>
+                        <pic:cNvPr id="2" name="https://resourcehub.bakermckenzie.com/en/-/media/global-data-and-cyber-handbook/images/global-data--cyber-handbook_resourcehub.jpg?h=200&amp;amp;w=680&amp;amp;rev=c6e88895b4ae43808ac2512d77d65e09&amp;sc_lang=en" descr="Banner_1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="R1843f6585bdb4e7f"/>
+                        <a:blip r:embed="Re18df3e5cfb349ed"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7620000" cy="2857500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
@@ -349,51 +349,51 @@
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:id w:val="655893973"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013435"/>
         </w:placeholder>
         <w15:repeatingSectionItem/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:bookmarkEnd w:displacedByCustomXml="next" w:id="2"/>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">View all related professionals </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="R9d03965544c845b4">
+          <w:hyperlink w:history="true" r:id="R0e16ca5bdbb54e4e">
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t xml:space="preserve">here</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BodyText"/>
           </w:pPr>
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:i/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Advising on data and cyber compliance requires a detailed understanding of both the explicit requirements of the law, and the wider context, including the interaction between different obligations, the evolving expectations of regulators as expressed through guidance and enforcement activity, and emerging market practice. Our Handbook captures our local experts’ best answer to the questions in the Handbook, which may reflect purely the explicit requirements of the law, or be informed by the wider compliance context. The content in our Handbook is provided for informational purposes only and is not offered as legal or professional advice for any specific matter (see the links at the bottom of this page for full terms of use).</w:t>
           </w:r>
@@ -2991,51 +2991,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1216697444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people?services=7ebdea0c-e6a9-4bea-b0e3-c8e5f9e716c7&amp;amp;scroll=0&amp;amp;usefallback=true" TargetMode="External" Id="R9d03965544c845b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R1843f6585bdb4e7f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bakermckenzie.com/en/people?services=7ebdea0c-e6a9-4bea-b0e3-c8e5f9e716c7&amp;amp;scroll=0&amp;amp;usefallback=true" TargetMode="External" Id="R0e16ca5bdbb54e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="Re18df3e5cfb349ed" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>