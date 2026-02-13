--- v0 (2025-10-22)
+++ v1 (2026-02-13)
@@ -552,203 +552,203 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[16]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    For example, a person convicted of common assault may be liable to imprisonment of up to one year. A person convicted of murder/manslaughter may be liable for life imprisonment.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[17]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    Concluding comments of the Committee on the Elimination of Discrimination against Women: China, (2006), Committee on the Elimination of Discrimination against Women, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rbedf7ef1804447de">
+              <w:hyperlink w:history="true" r:id="Rf574f8e2ed464a05">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.lwb.gov.hk/CEDAW/documents/CEDAW_2nd_comment_full_E.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[18]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Concluding observations on the combined seventh and eighth periodic reports of China, (2014), Committee on the Elimination of Discrimination against Women, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Re825fb0059294569">
+              <w:hyperlink w:history="true" r:id="R5e0787610ce74da5">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.lwb.gov.hk/CEDAW/documents/CEDAW%20Concluding%20Comments%203rd%20Hearing%20(Full).pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[19]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Policy for Prosecuting Cases Involving Domestic Violence (2009), Department of Justice, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rbbcae4fa22724e19">
+              <w:hyperlink w:history="true" r:id="Rd5f529f6a535493f">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.doj.gov.hk/eng/public/pubppcdv.html</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[20]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">This includes "any criminal offence which arises out of violence, threatening behaviour or physical, sexual or emotional abuse, between adults who are or have been intimate partners, or else between family members. An adult is any person aged 18 years and over, and family members include mother, father, son, daughter, brother, sister and grandparents, whether directly related, in-laws or step-family."</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[21]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Procedural Guide for Handling Intimate Partner Violence Cases (Revised 2011), </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R5c172256eb954ffa">
+              <w:hyperlink w:history="true" r:id="R966fee7171124bd0">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[22]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">"Relative" is defined in Section 3A of DCRVO.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[23]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Report on Stalking (2000), the Law Reform Commission of Hong Kong, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R67525794569e4a03">
+              <w:hyperlink w:history="true" r:id="R46b7b6d7fc2d4fb4">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.hkreform.gov.hk/en/docs/rstalks-e.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[24]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
@@ -937,51 +937,51 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[31]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">The Victims of Crime Charter (2000), Department of Justice, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Raccea7f466534f55">
+              <w:hyperlink w:history="true" r:id="Rc31b48baf5b44cde">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.doj.gov.hk/en/publications/pdf/vcc_e.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[32]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
@@ -996,51 +996,51 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[33]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">  </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">  </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Procedural Guide for Handling Intimate Partner Violence Cases (Revised 2011), </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R694035c63c1d4129">
+              <w:hyperlink w:history="true" r:id="R6ffe0ed2943a4be7">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[34]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
@@ -1058,51 +1058,51 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[35]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Community Legal Information Centre Glossary &amp; Annotation, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R1c8a88b02ada473c">
+              <w:hyperlink w:history="true" r:id="Rf6a5b45503054d19">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.clic.org.hk/glossary.html#cause_of_action</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">. </w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[36]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
@@ -1135,51 +1135,51 @@
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Section 118 of the CO.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[38]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Inter-departmental working group on gender recognition (June 2017) Consultation Paper: Part 1 Gender Recognition, paragraph 3.29 &lt;</w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R1b865b8b48754b77">
+              <w:hyperlink w:history="true" r:id="R6f6df5e447fb4c58">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.legco.gov.hk/yr16-17/english/panels/ajls/papers/ajls20170718-cppr20170626-e.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve"> &gt;.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[39]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
@@ -1461,121 +1461,121 @@
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Section 4 of the Marriage Reform Ordinance (Cap. 178).</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[50]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Procedural Guide for Handling Intimate Partner Violence Cases (Revised 2011), </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R15ba8c8bcfc14fd2">
+              <w:hyperlink w:history="true" r:id="Rfdf04407fb374e93">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[51]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">  </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">  </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Protecting Children from Maltreatment – Procedural Guide for Multi-disciplinary Co-operation (Revised 2020), </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R5ee4dfe309114b1b">
+              <w:hyperlink w:history="true" r:id="R53a3b55ccb2b41db">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.swd.gov.hk/storage/asset/section/1447/en/Procedural_Guide_Core_Procedures_(Revised_2020)_Eng_12May2020.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[52]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Procedural Guidelines for Handling Elder Abuse Cases (Revised 2019), </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R75edd055a6014d58">
+              <w:hyperlink w:history="true" r:id="R3fa2c0fb309f409f">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.swd.gov.hk/storage/asset/section/3119/en/Procedural_Guidelines_for_Handling_Elder_Abuse_Cases_(Revised_2019)_ch_20200901.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[53]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
@@ -2043,51 +2043,51 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[73]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">  </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">  </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">How to Apply for Injunctions under the Domestic and Cohabitation Relationships Violence Ordinance issued by the Hong Kong Judiciary &lt;</w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R32dab79592d14cfc">
+              <w:hyperlink w:history="true" r:id="R9250956ab9164a6d">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.judiciary.hk/en/court_services_facilities/dov.html</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">&gt; (last accessed 26 November 2020).</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[74]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
@@ -2207,83 +2207,83 @@
               </w:r>
               <w:r>
                 <w:t xml:space="preserve"> PCJO.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[79]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">"</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">How to Apply for Injunctions Under the Domestic and Cohabitation Relationships Violence Ordinance (Cap 189)" </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Re0b9159b0cd1488c">
+              <w:hyperlink w:history="true" r:id="R220587f0e827434d">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.judiciary.hk/en/court_services_facilities/dov.html#9</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[80]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R7331e8ea991c41eb">
+              <w:hyperlink w:history="true" r:id="R65795fafd6ba4fab">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.judiciary.hk/en/court_services_facilities/dov.html</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">. </w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[81]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
@@ -2885,88 +2885,88 @@
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[107]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Chapter 5 Hong Kong Police Force, Procedural Guide for Handling Intimate Partner Violence Cases</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">(Revised 2011), Social Welfare Department HKSAR, at para 5.1 </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R2d593add24ee411a">
+              <w:hyperlink w:history="true" r:id="R5446be17bf97463a">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Chapter%205%20(Eng)%2024042013.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[108]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Chapter 6 Legal Aid Department, Procedural Guide for Handling Intimate Partner Violence Cases</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">(Revised 2011), Social Welfare Department HKSAR, at para 6.1 </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rf441bbcfa4be4a91">
+              <w:hyperlink w:history="true" r:id="R06a1081d6d2c4fc3">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Chapter%206%20(Eng)%2024042013.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:rPr>
                   <w:color w:val="002856"/>
                 </w:rPr>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[109]</w:t>
               </w:r>
@@ -3145,51 +3145,51 @@
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Section 31 of CO.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[117]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Paragraphs 7.7 and 7.9(a) at </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R17ad4e2132ff426c">
+              <w:hyperlink w:history="true" r:id="R9a9052e3ba2a4b11">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[118]</w:t>
               </w:r>
@@ -3576,51 +3576,51 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[133]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Family Community Legal Information Centre, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rfb986af5c5664432">
+              <w:hyperlink w:history="true" r:id="Re8413d569f834835">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://familyclic.hk/en/topics/Daily-lives-legal-issues/Domestic-violence-and-assistance/Victims-of-domestic-violence-might-be-required-to-give-evidence/#content</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[134]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
@@ -3977,51 +3977,51 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[146]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Section 5(3) of DCRVO. See also </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R9cd020579b404d19">
+              <w:hyperlink w:history="true" r:id="R9c9421c44b684876">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://familyclic.hk/en/topics/Daily-lives-legal-issues/Domestic-violence-and-assistance/Domestic-and-Cohabitation-Relationships-Violence-Ordinance/</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[147]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
@@ -4090,86 +4090,86 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[150]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Department of Justice, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rdae9cee23e8f40df">
+              <w:hyperlink w:history="true" r:id="R8dbbd7bd307744f7">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.doj.gov.hk/en/publications/domesticviolence_11.html</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">. </w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[151]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Hong Kong Police Force, </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rf20dc290594143d3">
+              <w:hyperlink w:history="true" r:id="R5358cf986af7456e">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.police.gov.hk/ppp_en/04_crime_matters/vic_charter.html</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[152]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
@@ -4208,84 +4208,84 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[153]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">During the COVID-19 pandemic, there have been a surge in domestic violence cases reported during the lockdown period: </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R7fc22a1720214952">
+              <w:hyperlink w:history="true" r:id="R9506c0db46e14efa">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://news.rthk.hk/rthk/en/component/k2/1526544-20200516.htm</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">; </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R8b7aa988beb14b71">
+              <w:hyperlink w:history="true" r:id="R475650e8b0db471c">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.chinadailyhk.com/article/145062#Pain-in-proximity-as-pandemic-pushes-up-domestic-abuse-in-HK</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">; </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rdc24f5484e2742b0">
+              <w:hyperlink w:history="true" r:id="R3e5f931328004ce2">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.scmp.com/news/hong-kong/society/article/3084565/isolated-during-covid-19-hong-kongs-victims-sexual-violence</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">; </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R2b08be2505f14039">
+              <w:hyperlink w:history="true" r:id="Re7ef2a0ecbfa446e">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.scmp.com/news/hong-kong/health-environment/article/3079338/stuck-home-monster-more-reports-violence-against</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[154]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
@@ -4342,62 +4342,62 @@
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[157]</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Friendly Employment Practices for Mature Persons and Families &lt;</w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R54a9fa9c5a2d4c07">
+              <w:hyperlink w:history="true" r:id="Ra5df4e7e6f764a4e">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.labour.gov.hk/eng/public/Friendly_Employment_Practices_for_Mature_Persons_and_Families_ENG.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">&gt;; Good People Management and Family-Friendly Employment Practices &lt;</w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rfa2eaa3a9e6744f3">
+              <w:hyperlink w:history="true" r:id="R4bf504976cb749e2">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.labour.gov.hk/eng/public/wcp/FamilyCasebook.pdf</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">&gt;.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[158]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
@@ -4459,51 +4459,51 @@
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[161]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">Immigration Department, Dependants (2021) </w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:pPr>
                 <w:ind w:left="432"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">&lt; </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rdb2d21e3da85474b">
+              <w:hyperlink w:history="true" r:id="Rd02b77b67e0d493c">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">https://www.immd.gov.hk/eng/services/visas/residence_as_dependant.html</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve">&gt; (last accessed 29 January 2021).</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[162]</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">    </w:t>
               </w:r>
@@ -7086,51 +7086,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="537007590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwb.gov.hk/CEDAW/documents/CEDAW_2nd_comment_full_E.pdf" TargetMode="External" Id="Rbedf7ef1804447de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwb.gov.hk/CEDAW/documents/CEDAW%20Concluding%20Comments%203rd%20Hearing%20(Full).pdf" TargetMode="External" Id="Re825fb0059294569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doj.gov.hk/eng/public/pubppcdv.html" TargetMode="External" Id="Rbbcae4fa22724e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf" TargetMode="External" Id="R5c172256eb954ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hkreform.gov.hk/en/docs/rstalks-e.pdf" TargetMode="External" Id="R67525794569e4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doj.gov.hk/en/publications/pdf/vcc_e.pdf" TargetMode="External" Id="Raccea7f466534f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf" TargetMode="External" Id="R694035c63c1d4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clic.org.hk/glossary.html#cause_of_action" TargetMode="External" Id="R1c8a88b02ada473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legco.gov.hk/yr16-17/english/panels/ajls/papers/ajls20170718-cppr20170626-e.pdf" TargetMode="External" Id="R1b865b8b48754b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf" TargetMode="External" Id="R15ba8c8bcfc14fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/storage/asset/section/1447/en/Procedural_Guide_Core_Procedures_(Revised_2020)_Eng_12May2020.pdf" TargetMode="External" Id="R5ee4dfe309114b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/storage/asset/section/3119/en/Procedural_Guidelines_for_Handling_Elder_Abuse_Cases_(Revised_2019)_ch_20200901.pdf" TargetMode="External" Id="R75edd055a6014d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.judiciary.hk/en/court_services_facilities/dov.html" TargetMode="External" Id="R32dab79592d14cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.judiciary.hk/en/court_services_facilities/dov.html#9" TargetMode="External" Id="Re0b9159b0cd1488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.judiciary.hk/en/court_services_facilities/dov.html" TargetMode="External" Id="R7331e8ea991c41eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Chapter%205%20(Eng)%2024042013.pdf" TargetMode="External" Id="R2d593add24ee411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Chapter%206%20(Eng)%2024042013.pdf" TargetMode="External" Id="Rf441bbcfa4be4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf" TargetMode="External" Id="R17ad4e2132ff426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://familyclic.hk/en/topics/Daily-lives-legal-issues/Domestic-violence-and-assistance/Victims-of-domestic-violence-might-be-required-to-give-evidence/#content" TargetMode="External" Id="Rfb986af5c5664432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://familyclic.hk/en/topics/Daily-lives-legal-issues/Domestic-violence-and-assistance/Domestic-and-Cohabitation-Relationships-Violence-Ordinance/" TargetMode="External" Id="R9cd020579b404d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doj.gov.hk/en/publications/domesticviolence_11.html" TargetMode="External" Id="Rdae9cee23e8f40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.gov.hk/ppp_en/04_crime_matters/vic_charter.html" TargetMode="External" Id="Rf20dc290594143d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.rthk.hk/rthk/en/component/k2/1526544-20200516.htm" TargetMode="External" Id="R7fc22a1720214952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chinadailyhk.com/article/145062#Pain-in-proximity-as-pandemic-pushes-up-domestic-abuse-in-HK" TargetMode="External" Id="R8b7aa988beb14b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scmp.com/news/hong-kong/society/article/3084565/isolated-during-covid-19-hong-kongs-victims-sexual-violence" TargetMode="External" Id="Rdc24f5484e2742b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scmp.com/news/hong-kong/health-environment/article/3079338/stuck-home-monster-more-reports-violence-against" TargetMode="External" Id="R2b08be2505f14039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labour.gov.hk/eng/public/Friendly_Employment_Practices_for_Mature_Persons_and_Families_ENG.pdf%20" TargetMode="External" Id="R54a9fa9c5a2d4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labour.gov.hk/eng/public/wcp/FamilyCasebook.pdf" TargetMode="External" Id="Rfa2eaa3a9e6744f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immd.gov.hk/eng/services/visas/residence_as_dependant.html" TargetMode="External" Id="Rdb2d21e3da85474b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwb.gov.hk/CEDAW/documents/CEDAW_2nd_comment_full_E.pdf" TargetMode="External" Id="Rf574f8e2ed464a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lwb.gov.hk/CEDAW/documents/CEDAW%20Concluding%20Comments%203rd%20Hearing%20(Full).pdf" TargetMode="External" Id="R5e0787610ce74da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doj.gov.hk/eng/public/pubppcdv.html" TargetMode="External" Id="Rd5f529f6a535493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf" TargetMode="External" Id="R966fee7171124bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hkreform.gov.hk/en/docs/rstalks-e.pdf" TargetMode="External" Id="R46b7b6d7fc2d4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doj.gov.hk/en/publications/pdf/vcc_e.pdf" TargetMode="External" Id="Rc31b48baf5b44cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf" TargetMode="External" Id="R6ffe0ed2943a4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clic.org.hk/glossary.html#cause_of_action" TargetMode="External" Id="Rf6a5b45503054d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legco.gov.hk/yr16-17/english/panels/ajls/papers/ajls20170718-cppr20170626-e.pdf" TargetMode="External" Id="R6f6df5e447fb4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf" TargetMode="External" Id="Rfdf04407fb374e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/storage/asset/section/1447/en/Procedural_Guide_Core_Procedures_(Revised_2020)_Eng_12May2020.pdf" TargetMode="External" Id="R53a3b55ccb2b41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/storage/asset/section/3119/en/Procedural_Guidelines_for_Handling_Elder_Abuse_Cases_(Revised_2019)_ch_20200901.pdf" TargetMode="External" Id="R3fa2c0fb309f409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.judiciary.hk/en/court_services_facilities/dov.html" TargetMode="External" Id="R9250956ab9164a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.judiciary.hk/en/court_services_facilities/dov.html#9" TargetMode="External" Id="R220587f0e827434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.judiciary.hk/en/court_services_facilities/dov.html" TargetMode="External" Id="R65795fafd6ba4fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Chapter%205%20(Eng)%2024042013.pdf" TargetMode="External" Id="R5446be17bf97463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Chapter%206%20(Eng)%2024042013.pdf" TargetMode="External" Id="R06a1081d6d2c4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.swd.gov.hk/doc/fcw/proc_guidelines/battered_spouse/Acrobat%20Document%20(updated%20in%20August%202014).pdf" TargetMode="External" Id="R9a9052e3ba2a4b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://familyclic.hk/en/topics/Daily-lives-legal-issues/Domestic-violence-and-assistance/Victims-of-domestic-violence-might-be-required-to-give-evidence/#content" TargetMode="External" Id="Re8413d569f834835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://familyclic.hk/en/topics/Daily-lives-legal-issues/Domestic-violence-and-assistance/Domestic-and-Cohabitation-Relationships-Violence-Ordinance/" TargetMode="External" Id="R9c9421c44b684876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doj.gov.hk/en/publications/domesticviolence_11.html" TargetMode="External" Id="R8dbbd7bd307744f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.police.gov.hk/ppp_en/04_crime_matters/vic_charter.html" TargetMode="External" Id="R5358cf986af7456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.rthk.hk/rthk/en/component/k2/1526544-20200516.htm" TargetMode="External" Id="R9506c0db46e14efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chinadailyhk.com/article/145062#Pain-in-proximity-as-pandemic-pushes-up-domestic-abuse-in-HK" TargetMode="External" Id="R475650e8b0db471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scmp.com/news/hong-kong/society/article/3084565/isolated-during-covid-19-hong-kongs-victims-sexual-violence" TargetMode="External" Id="R3e5f931328004ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scmp.com/news/hong-kong/health-environment/article/3079338/stuck-home-monster-more-reports-violence-against" TargetMode="External" Id="Re7ef2a0ecbfa446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labour.gov.hk/eng/public/Friendly_Employment_Practices_for_Mature_Persons_and_Families_ENG.pdf%20" TargetMode="External" Id="Ra5df4e7e6f764a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.labour.gov.hk/eng/public/wcp/FamilyCasebook.pdf" TargetMode="External" Id="R4bf504976cb749e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.immd.gov.hk/eng/services/visas/residence_as_dependant.html" TargetMode="External" Id="Rd02b77b67e0d493c" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>