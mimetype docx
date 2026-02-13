--- v0 (2025-12-13)
+++ v1 (2026-02-13)
@@ -261,51 +261,51 @@
           <w:sdtEndPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:bookmarkEnd w:displacedByCustomXml="next" w:id="1"/>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">The primary sources of law in Iceland are as follows:</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">i.</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">	</w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rea77292d37ce4eb9">
+              <w:hyperlink w:history="true" r:id="R2615ad401fca4afb">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">General Penal Code No. 19, 12 February 1940</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve"> ("</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:b/>
                 </w:rPr>
                 <w:t xml:space="preserve">Criminal Code</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">"):</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:pPr>
@@ -557,87 +557,87 @@
             <w15:repeatingSectionItem/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:bookmarkEnd w:displacedByCustomXml="next" w:id="1"/>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">Iceland has a civil law legal system; therefore, Icelandic law is characterized by written law. Major sources of law in Iceland include the Constitution, statutory legislation and regulatory statutes. Other legal resources are precedent and customary law. The recognition of the tradition of culture (</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t xml:space="preserve">eðli máls</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">) bears significantly on Icelandic law in a variety of contexts. </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="R477f04ae365c4cf1">
+              <w:hyperlink w:history="true" r:id="Raff7ed3c78e2461d">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Act No. 15/2005</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:t xml:space="preserve"> stipulates how official material, including adopted acts, is published.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">As a civil law country, court practice in Iceland does not have the same authoritative role as in common law countries. A tradition of culture refers to considerations of fairness, justice and feasibility regarding the needs of the society and resembles to some extent the legal term equity. The Supreme Court has no duty to follow its earlier decisions and the district courts are not obligated to adhere to earlier decisions of the Supreme Court. However, in matters of legal uncertainty, the decisions of the Supreme Court have considerable authority for the disposition of future cases. In certain areas of law that did or do not have extensive statutory legislation, e.g., tort, the decisions of the Supreme Court are a source of law of central importance.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">The decisions of the </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félagsdómur</w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve"> (Icelandic courts) have been available </w:t>
               </w:r>
-              <w:hyperlink w:history="true" r:id="Rf4a38f6300494b41">
+              <w:hyperlink w:history="true" r:id="R7ae8ee421d2546e2">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">online</w:t>
                 </w:r>
               </w:hyperlink>
               <w:r>
                 <w:rPr>
                   <w:color w:val="002856"/>
                 </w:rPr>
                 <w:t xml:space="preserve">  </w:t>
               </w:r>
               <w:r>
                 <w:t xml:space="preserve">(only in Icelandic) since 2000.</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3317,51 +3317,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="537007590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.althingi.is/lagas/nuna/2005015.html" TargetMode="External" Id="R477f04ae365c4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rettarheimild.is/Felagsmala/Felagsdomur/2000" TargetMode="External" Id="Rf4a38f6300494b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eng.domsmalaraduneyti.is/laws-and-regulations/nr/1145" TargetMode="External" Id="Rea77292d37ce4eb9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.althingi.is/lagas/nuna/2005015.html" TargetMode="External" Id="Raff7ed3c78e2461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rettarheimild.is/Felagsmala/Felagsdomur/2000" TargetMode="External" Id="R7ae8ee421d2546e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eng.domsmalaraduneyti.is/laws-and-regulations/nr/1145" TargetMode="External" Id="R2615ad401fca4afb" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>