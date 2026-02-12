--- v0 (2026-02-07)
+++ v1 (2026-02-12)
@@ -659,51 +659,51 @@
                   <w:r>
                     <w:t xml:space="preserve">[Last updated: 1 January 2024, unless otherwise noted]</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve">In accordance with the (EU) Prospectus Regulation, a prospectus must be prepared prior to the admission to trading of securities on a regulated market such as Nasdaq Stockholm. The prospectus must be approved by the national competent authority, in terms of Sweden being the Swedish Financial Supervisory Authority (SFSA) (Sw. </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:i/>
                     </w:rPr>
                     <w:t xml:space="preserve">Finansinspektionen</w:t>
                   </w:r>
                   <w:r>
                     <w:t xml:space="preserve">) and be submitted to Nasdaq Stockholm together with the listing application. The listing process normally takes four to six months, in each case depending on the particular circumstances. Key factors are how much time the management can devote to the process, the strength and level of readiness of the organization, the issuer's history and previous listing experience, composition of the board of directors and existing accounting practices. The following is a fairly typical process and timetable for the listing of a listing on Nasdaq Stockholm:</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
-                  <w:hyperlink w:history="true" r:id="Ra9803937645a42c9">
+                  <w:hyperlink w:history="true" r:id="Rd03de8b759374bdc">
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Hyperlink"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Link to Timetable</w:t>
                     </w:r>
                   </w:hyperlink>
                 </w:p>
               </w:sdtContent>
             </w:sdt>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1334570859"/>
             <w:placeholder>
               <w:docPart w:val="3816F6170ABC43BCBDB278015F7ED7B2"/>
             </w:placeholder>
             <w15:repeatingSectionItem/>
@@ -6221,51 +6221,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1948927775">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/crossborder-listings-handbook/files/2022-update/nasdaq-stockholm---listing-process.pdf?rev=5be5551de41242f0bc259660f3524eb1&amp;sc_lang=en" TargetMode="External" Id="Ra9803937645a42c9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/crossborder-listings-handbook/files/2022-update/nasdaq-stockholm---listing-process.pdf?rev=5be5551de41242f0bc259660f3524eb1&amp;sc_lang=en" TargetMode="External" Id="Rd03de8b759374bdc" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>