--- v0 (2025-10-05)
+++ v1 (2026-02-13)
@@ -532,51 +532,51 @@
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:bookmarkEnd w:displacedByCustomXml="next" w:id="1"/>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">[Last updated: 1 January 2024, unless otherwise noted]</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">Listing and/or prospectus approval involves the Financial Conduct Authority (FCA) reviewing the prospectus in its capacity as the competent authority for the purposes of Part VI (Official Listing) of the Financial Services and Markets Act 2000. The FCA admits the shares of issuers seeking a premium or standard listing to the Official List, and the London Stock Exchange (LSE) admits the shares to trading on the Main Market. The following is a fairly typical process and timetable for a premium or standard listing of the shares of a foreign issuer on the Main Market of the LSE.</w:t>
               </w:r>
             </w:p>
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
-              <w:hyperlink w:history="true" r:id="Rae3d35a6354848f0">
+              <w:hyperlink w:history="true" r:id="R47b65f63dd324f28">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Link to Timetable</w:t>
                 </w:r>
               </w:hyperlink>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="-2027546159"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013435"/>
         </w:placeholder>
@@ -823,51 +823,51 @@
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">A company seeking to list must pay both initial listing fees and annual fees to the LSE and the FCA, principally calculated according to market capitalization. Initial LSE fees for a company with a market capitalization of £100 million (approx. US$127.32 million) would be £147,320 (approx. US$187,568). Additional shares listed subsequently will attract additional fees. The annual LSE fees for a company with a market capitalization of £100 million (approx. US$127.32 million) would be £10,650 (approx. US$13,560). The FCA charges a fee of £16,310 (approx. US$20,766) for an application for eligibility for listing and the same fee again to cover the transaction and document vetting fees in relation to any document (including those with mineral expert's report attached) submitted for approval. The FCA charges annual fees based on market capitalization, which currently start at £6,565 (approximately US$8,359) for a company with an ESCC listing (or closed-ended investment funds listing) and a market capitalization of £100 million (approximately US$127.32 million). For ESCC category listings (and closed-ended investment funds listings) with a market capitalization in excess of £100 million (approximately US$127.32 million) the annual fee is the sum of a variable fee (calculated using a formula and based on the company's market capitalization) and the base fee. All other listed issuers must pay a fixed annual fee of £23,872 (approximately US$30,394).</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">©Copyright © 2025 Baker &amp; McKenzie. All rights reserved. </w:t>
+        <w:t xml:space="preserve">©Copyright © 2026 Baker &amp; McKenzie. All rights reserved. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ownership</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: This documentation and content (Content) is a proprietary resource owned exclusively by Baker McKenzie (meaning Baker &amp; McKenzie International and its member firms). The Content is protected under international copyright conventions. Use of this Content does not of itself create a contractual relationship, nor any attorney/client relationship, between Baker McKenzie and any person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Non-reliance and exclusion</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: All Content is for informational purposes only and may not reflect the most current legal and regulatory developments. All summaries of the laws, regulations and practice are subject to change. The Content is not offered as legal or professional advice for any specific matter. It is not intended to be a substitute for reference to (and compliance with) the detailed provisions of applicable laws, rules, regulations or forms. Legal advice should always be sought before taking any action or refraining from taking any action based on any Content. Baker McKenzie and the editors and the contributing authors do not guarantee the accuracy of the Content and expressly disclaim any and all liability to any person in respect of the consequences of anything done or permitted to be done or omitted to be done wholly or partly in reliance upon the whole or any part of the Content. The Content may contain links to external websites and external websites may link to the Content. Baker McKenzie is not responsible for the content or operation of any such external sites and disclaims all liability, howsoever occurring, in respect of the content or operation of any such external websites. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Attorney Advertising</w:t>
       </w:r>
@@ -3429,51 +3429,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="537007590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/crossborder-listings-handbook/files/2022-update/2022-london-stock-exchange-main--listing-process.pdf?sc_lang=en" TargetMode="External" Id="Rae3d35a6354848f0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/crossborder-listings-handbook/files/2022-update/2022-london-stock-exchange-main--listing-process.pdf?rev=703e68c37cc54ea18665513af1f3e23a&amp;sc_lang=en" TargetMode="External" Id="R47b65f63dd324f28" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>