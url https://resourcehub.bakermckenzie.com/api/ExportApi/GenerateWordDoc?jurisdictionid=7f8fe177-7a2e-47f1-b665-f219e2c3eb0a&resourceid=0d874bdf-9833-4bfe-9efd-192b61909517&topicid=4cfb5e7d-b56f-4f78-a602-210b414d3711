--- v0 (2025-11-05)
+++ v1 (2026-02-13)
@@ -276,51 +276,51 @@
             <w:p>
               <w:pPr>
                 <w:pStyle w:val="BodyText"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">That said, promotion of green initiatives is more effectively carried out via the GFA concessions introduced by the Hong Kong government in April 2011 for green features of real estate projects. Concessions are made available so that certain green features, such as balconies and communal podium gardens, can be disregarded when calculating whether a building's permitted GFA has been used up. Certification by BEAM Plus is a prerequisite of taking advantage of a GFA concession for green features. The Buildings Department announced through the revised Practice Note "PNAP APP-151" that, starting from 30 June 2024, building projects will generally need to obtain a BEAM Plus Gold rating or above to be eligible for GFA concessions for green and amenity features. The concessions have an overall cap of 10% of the GFA. Certain features, such as communal sky gardens, are not subject to this overall cap.</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">©Copyright © 2025 Baker &amp; McKenzie. All rights reserved. </w:t>
+        <w:t xml:space="preserve">©Copyright © 2026 Baker &amp; McKenzie. All rights reserved. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ownership</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: This documentation and content (Content) is a proprietary resource owned exclusively by Baker McKenzie (meaning Baker &amp; McKenzie International and its member firms). The Content is protected under international copyright conventions. Use of this Content does not of itself create a contractual relationship, nor any attorney/client relationship, between Baker McKenzie and any person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Non-reliance and exclusion</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: All Content is for informational purposes only and may not reflect the most current legal and regulatory developments. All summaries of the laws, regulations and practice are subject to change. The Content is not offered as legal or professional advice for any specific matter. It is not intended to be a substitute for reference to (and compliance with) the detailed provisions of applicable laws, rules, regulations or forms. Legal advice should always be sought before taking any action or refraining from taking any action based on any Content. Baker McKenzie and the editors and the contributing authors do not guarantee the accuracy of the Content and expressly disclaim any and all liability to any person in respect of the consequences of anything done or permitted to be done or omitted to be done wholly or partly in reliance upon the whole or any part of the Content. The Content may contain links to external websites and external websites may link to the Content. Baker McKenzie is not responsible for the content or operation of any such external sites and disclaims all liability, howsoever occurring, in respect of the content or operation of any such external websites. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Attorney Advertising</w:t>
       </w:r>