--- v0 (2025-10-28)
+++ v1 (2026-02-12)
@@ -837,51 +837,51 @@
                   <w:szCs w:val="22"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:bookmarkEnd w:displacedByCustomXml="next" w:id="1"/>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve">[Last updated: 1 January 2024, unless otherwise noted]</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve">Listing involves the company applying to be admitted to the official list of the ASX. The ASX will typically review the company's structure and operations, to determine its suitability for listing on the ASX. A prospectus is required to be prepared and lodged with the Australian Securities and Investments Commission (ASIC) and given to the ASX. The following is a fairly typical process and timetable for a listing of a foreign private issuer on the ASX via an initial public offering in Australia.</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
-                  <w:hyperlink w:history="true" r:id="Rb44e4aa3b4c245ea">
+                  <w:hyperlink w:history="true" r:id="Ra8262d8ef1e3415f">
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Hyperlink"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Link to Timetable</w:t>
                     </w:r>
                   </w:hyperlink>
                 </w:p>
               </w:sdtContent>
             </w:sdt>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1334570859"/>
             <w:placeholder>
               <w:docPart w:val="3816F6170ABC43BCBDB278015F7ED7B2"/>
             </w:placeholder>
             <w15:repeatingSectionItem/>
@@ -3097,51 +3097,51 @@
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="37"/>
                     </w:numPr>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve">The conditions that must be fulfilled before quotation can commence, such as the dispatch of holding statements, return of any refund money, the provision of a shareholder distribution schedule, a statement setting out the names of the top 20 shareholders and the provision of copies of restriction agreements for all escrowed shares.</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:i/>
                     </w:rPr>
                     <w:t xml:space="preserve">Typical process and indicative timetable for a listing of a foreign company as an ASX Listing</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
-                  <w:hyperlink w:history="true" r:id="Re464cd015c364f3c">
+                  <w:hyperlink w:history="true" r:id="Raad5c69dc2c04f07">
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Hyperlink"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Link to Timetable</w:t>
                     </w:r>
                   </w:hyperlink>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve">The documentation and process requirements described in this section do not vary from what would be expected of a domestic company seeking ASX Listing.</w:t>
                   </w:r>
                 </w:p>
               </w:sdtContent>
             </w:sdt>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
@@ -5060,73 +5060,73 @@
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="331497857"/>
                 <w:placeholder>
                   <w:docPart w:val="21EB74C42DC04B5E95018E132FDE3B56"/>
                 </w:placeholder>
                 <w15:repeatingSectionItem/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:szCs w:val="22"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:bookmarkEnd w:displacedByCustomXml="next" w:id="1"/>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
-                    <w:t xml:space="preserve">Frank Castiglia in the Sydney office, Richard Lustig in the Melbourne office and Derek Pocock in the Brisbane office are the most appropriate contacts within Baker McKenzie for inquiries about prospective listings on the ASX.</w:t>
+                    <w:t xml:space="preserve">Richard Lustig in the Melbourne office and Derek Pocock in the Brisbane office are the most appropriate contacts within Baker McKenzie for inquiries about prospective listings on the ASX.</w:t>
                   </w:r>
                 </w:p>
               </w:sdtContent>
             </w:sdt>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Disclaimer"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">©Copyright © 2025 Baker &amp; McKenzie. All rights reserved. </w:t>
+        <w:t xml:space="preserve">©Copyright © 2026 Baker &amp; McKenzie. All rights reserved. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ownership</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: This documentation and content (Content) is a proprietary resource owned exclusively by Baker McKenzie (meaning Baker &amp; McKenzie International and its member firms). The Content is protected under international copyright conventions. Use of this Content does not of itself create a contractual relationship, nor any attorney/client relationship, between Baker McKenzie and any person.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Non-reliance and exclusion</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: All Content is for informational purposes only and may not reflect the most current legal and regulatory developments. All summaries of the laws, regulations and practice are subject to change. The Content is not offered as legal or professional advice for any specific matter. It is not intended to be a substitute for reference to (and compliance with) the detailed provisions of applicable laws, rules, regulations or forms. Legal advice should always be sought before taking any action or refraining from taking any action based on any Content. Baker McKenzie and the editors and the contributing authors do not guarantee the accuracy of the Content and expressly disclaim any and all liability to any person in respect of the consequences of anything done or permitted to be done or omitted to be done wholly or partly in reliance upon the whole or any part of the Content. The Content may contain links to external websites and external websites may link to the Content. Baker McKenzie is not responsible for the content or operation of any such external sites and disclaims all liability, howsoever occurring, in respect of the content or operation of any such external websites. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Attorney Advertising</w:t>
       </w:r>
@@ -8635,51 +8635,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1948927775">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/crossborder-listings-handbook/files/2022-update/2022-aus-sec-exchange--listing-process.pdf?sc_lang=en" TargetMode="External" Id="Re464cd015c364f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/crossborder-listings-handbook/files/2022-update/2022-aus-listing-process-gantt-chart.pdf?sc_lang=en" TargetMode="External" Id="Rb44e4aa3b4c245ea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/crossborder-listings-handbook/files/2022-update/2022-aus-sec-exchange--listing-process.pdf?rev=72e6f75891494592a8af447515f88e4b&amp;sc_lang=en" TargetMode="External" Id="Raad5c69dc2c04f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en/-/media/crossborder-listings-handbook/files/2022-update/2022-aus-listing-process-gantt-chart.pdf?rev=097691b0b56b47d695e14a20314e1cf3&amp;sc_lang=en" TargetMode="External" Id="Ra8262d8ef1e3415f" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>