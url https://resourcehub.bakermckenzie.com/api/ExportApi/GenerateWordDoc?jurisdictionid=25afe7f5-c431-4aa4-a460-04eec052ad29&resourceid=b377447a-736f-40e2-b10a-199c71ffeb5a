--- v0 (2026-02-12)
+++ v1 (2026-02-12)
@@ -305,51 +305,51 @@
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t xml:space="preserve">Standard VAT / GST rate </w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:t xml:space="preserve">7.5</w:t>
                   </w:r>
-                  <w:hyperlink w:history="true" r:id="R1ef608ba990e4721">
+                  <w:hyperlink w:history="true" r:id="R8b1673e270694dc6">
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Hyperlink"/>
                         <w:vertAlign w:val="superscript"/>
                       </w:rPr>
                       <w:t xml:space="preserve">[1][2]</w:t>
                     </w:r>
                   </w:hyperlink>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t xml:space="preserve">High VAT / GST rate</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
@@ -357,51 +357,51 @@
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t xml:space="preserve">______________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve">0% applies on goods and services purchased by diplomats and goods purchased for humanitarian donor funded projects.</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
-                  <w:hyperlink w:history="true" r:id="R823b6531486144e7">
+                  <w:hyperlink w:history="true" r:id="R17efdbd1027c40d6">
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Hyperlink"/>
                       </w:rPr>
                       <w:t xml:space="preserve">[1]</w:t>
                     </w:r>
                   </w:hyperlink>
                   <w:r>
                     <w:t xml:space="preserve"> VAT rate is 7.5% of the value of the goods or services and payable on supply of all goods and services except those exempted from VAT under the VAT Act. 1 February 2020 as the effective date for the 7.5% VAT has been statutorily authorised in the Finance Act recently enacted on 31 December 2020 (“the 2020 Act”). VAT applies on the supply of intangibles (excluding interest in land, building, money or securities). The tax authority clarified in the Circular that this would include rights in goods or property (e.g. rights in mineral resources, copyrights, trademarks). All supplies of taxable goods and services to a person in Nigeria, whether or not the supplies were made from within or outside Nigeria will be subject to VAT. The 2020 Act provides that a non-resident who makes taxable supplies to Nigeria is required to register with the tax authority obtain a Tax Identification Number and may also appoint a representative for the purpose of its tax obligations. The VAT is, however, to be withheld and remitted to the tax authority by the recipient of the goods or services from the non-resident person, or such other person appointed by the tax authority. A threshold of NGN 25,000,000 (approximately USD 70,000) turnover triggers VAT registration obligation. Under the subsisting VAT Act, there are zero rated goods and services which attract VAT at 0% and they are as follows:</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:pStyle w:val="BodyText"/>
                   </w:pPr>
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="10"/>
                     </w:numPr>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve">Goods and services purchased by diplomats.</w:t>
                   </w:r>
@@ -2995,51 +2995,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1948927775">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en#ftn1" TargetMode="External" Id="R1ef608ba990e4721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en#ftnref1" TargetMode="External" Id="R823b6531486144e7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en#ftn1" TargetMode="External" Id="R8b1673e270694dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcehub.bakermckenzie.com/en#ftnref1" TargetMode="External" Id="R17efdbd1027c40d6" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>